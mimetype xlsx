--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="283" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="182">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -155,50 +155,65 @@
   <si>
     <t>27/11/2019 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
   </si>
   <si>
     <t>p_3121365</t>
   </si>
   <si>
     <t>Fragilités osseuses secondaires de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>11/10/2019 11:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
   </si>
   <si>
     <t>p_3112119</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Hémophilie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/06/2023 14:37:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
   </si>
   <si>
     <t>p_3447771</t>
   </si>
   <si>
     <t>17/10/2019 00:00:00</t>
   </si>
   <si>
     <t>21/10/2019 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
   </si>
   <si>
     <t>c_483032</t>
@@ -414,50 +429,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
   </si>
   <si>
     <t>p_3689228</t>
   </si>
   <si>
     <t>Maladies héréditaires du métabolisme du surfactant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/11/2021 16:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
   </si>
   <si>
     <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
   </si>
   <si>
     <t>01/04/2011 00:00:00</t>
   </si>
@@ -731,51 +761,51 @@
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -846,109 +876,109 @@
       </c>
       <c r="C4" t="s">
         <v>45</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>47</v>
       </c>
       <c r="H4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
         <v>54</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>55</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>56</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
         <v>59</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>61</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>62</v>
       </c>
       <c r="H7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>65</v>
       </c>
       <c r="D8" t="s">
@@ -956,77 +986,77 @@
       </c>
       <c r="E8" t="s">
         <v>66</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>67</v>
       </c>
       <c r="H8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>33</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>70</v>
       </c>
       <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>71</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>72</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>33</v>
       </c>
       <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
         <v>75</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>77</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>78</v>
       </c>
       <c r="H10" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>81</v>
       </c>
       <c r="D11" t="s">
@@ -1086,77 +1116,77 @@
       </c>
       <c r="E13" t="s">
         <v>92</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>93</v>
       </c>
       <c r="H13" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>33</v>
       </c>
       <c r="B14" t="s">
         <v>95</v>
       </c>
       <c r="C14" t="s">
         <v>96</v>
       </c>
       <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>97</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>98</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
         <v>101</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>103</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>104</v>
       </c>
       <c r="H15" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>33</v>
       </c>
       <c r="B16" t="s">
         <v>106</v>
       </c>
       <c r="C16" t="s">
         <v>107</v>
       </c>
       <c r="D16" t="s">
@@ -1294,317 +1324,369 @@
       </c>
       <c r="E21" t="s">
         <v>133</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>134</v>
       </c>
       <c r="H21" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>33</v>
       </c>
       <c r="B22" t="s">
         <v>136</v>
       </c>
       <c r="C22" t="s">
         <v>137</v>
       </c>
       <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
         <v>138</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>139</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>33</v>
       </c>
       <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
         <v>142</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
         <v>143</v>
       </c>
-      <c r="D23" t="s">
-[...2 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>144</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>145</v>
       </c>
-      <c r="H23" t="s">
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>33</v>
+      </c>
+      <c r="B24" t="s">
         <v>146</v>
+      </c>
+      <c r="C24" t="s">
+        <v>147</v>
+      </c>
+      <c r="D24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" t="s">
+        <v>149</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>150</v>
+      </c>
+      <c r="H24" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>33</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>153</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>154</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>155</v>
+      </c>
+      <c r="H25" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="B2" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="C2" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="D2" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="E2" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="H2" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="B2" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="H2" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="I2" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="B3" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="H3" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="I3" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="B2" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="C2" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="D2" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="E2" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="H2" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>