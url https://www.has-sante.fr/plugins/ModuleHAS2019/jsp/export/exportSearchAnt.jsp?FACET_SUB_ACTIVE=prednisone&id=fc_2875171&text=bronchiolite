--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -1,207 +1,928 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/09/2017 09:57:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 14 septembre 2023</t>
+  </si>
+  <si>
+    <t>20/11/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474052/fr/college-deliberatif-du-14-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3474052</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 14 septembre 2023</t>
+  </si>
+  <si>
+    <t>16/11/2023 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473402/fr/pv-du-college-deliberatif-du-14-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3473402</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale de prévention des infections par le VRS chez l’adulte âgé de 60 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination saisonnière des sujets âgés de 75 ans et plus et chez les sujets âgés de 65 ans et plus présentant des pathologies respiratoires chroniques (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d'une infection à VRS. Les vaccins Arexvy et Abrysvo peuvent être utilisés dans le cadre de cette recommandation.</t>
+  </si>
+  <si>
+    <t>27/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2024 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460918/fr/strategie-vaccinale-de-prevention-des-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3460918</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>70</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+      <c r="I2" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" t="s">
+        <v>78</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>80</v>
+      </c>
+      <c r="H3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>