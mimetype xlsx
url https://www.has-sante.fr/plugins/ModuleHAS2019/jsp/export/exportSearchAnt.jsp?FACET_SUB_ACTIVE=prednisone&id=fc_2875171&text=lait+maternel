--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,1131 +9,243 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/10/2022 12:02:00</t>
-[...179 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
-  </si>
-[...118 lines deleted...]
-    <t>c_1173766</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...533 lines deleted...]
-        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>