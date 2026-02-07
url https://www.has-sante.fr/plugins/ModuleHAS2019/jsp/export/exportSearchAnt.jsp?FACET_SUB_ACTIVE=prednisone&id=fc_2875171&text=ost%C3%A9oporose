--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -39,51 +39,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="693" uniqueCount="408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="709" uniqueCount="418">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -353,50 +353,65 @@
   <si>
     <t>30/01/2020 14:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
   </si>
   <si>
     <t>c_1242507</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
   </si>
   <si>
     <t>c_2789359</t>
   </si>
   <si>
     <t>Dystrophie musculaire de Duchenne</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
   </si>
   <si>
     <t>27/11/2019 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
@@ -732,50 +747,65 @@
     <t>c_483032</t>
   </si>
   <si>
     <t>Myasthénie autoimmune</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
   </si>
   <si>
     <t>24/07/2015 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
   </si>
   <si>
     <t>c_2048406</t>
   </si>
   <si>
     <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
   </si>
   <si>
     <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
   </si>
   <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
   </si>
   <si>
     <t>p_3689228</t>
   </si>
   <si>
     <t>Syndrome néphrotique idiopathique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/12/2014 16:52:00</t>
   </si>
@@ -1411,164 +1441,164 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="J1" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="K1" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="B2" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="H2" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="I2" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="J2" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="K2" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="L2" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="M2" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="B2" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="C2" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="H2" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1861,51 +1891,51 @@
       </c>
       <c r="D12" t="s">
         <v>78</v>
       </c>
       <c r="E12" t="s">
         <v>79</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>80</v>
       </c>
       <c r="H12" t="s">
         <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2086,103 +2116,103 @@
       </c>
       <c r="E8" t="s">
         <v>116</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>117</v>
       </c>
       <c r="H8" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>82</v>
       </c>
       <c r="B9" t="s">
         <v>119</v>
       </c>
       <c r="C9" t="s">
         <v>120</v>
       </c>
       <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>121</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>122</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>82</v>
       </c>
       <c r="B10" t="s">
+        <v>124</v>
+      </c>
+      <c r="C10" t="s">
         <v>125</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>126</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>127</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>128</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>82</v>
       </c>
       <c r="B11" t="s">
+        <v>130</v>
+      </c>
+      <c r="C11" t="s">
         <v>131</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>133</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>134</v>
       </c>
       <c r="H11" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>82</v>
       </c>
       <c r="B12" t="s">
         <v>136</v>
       </c>
       <c r="C12" t="s">
         <v>137</v>
       </c>
       <c r="D12" t="s">
@@ -2369,161 +2399,161 @@
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>173</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>174</v>
       </c>
       <c r="H19" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
         <v>176</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>177</v>
       </c>
       <c r="D20" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>178</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>179</v>
       </c>
       <c r="H20" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>82</v>
       </c>
       <c r="B21" t="s">
         <v>181</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E21" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="H21" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>82</v>
       </c>
       <c r="B22" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C22" t="s">
-        <v>185</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E22" t="s">
+        <v>182</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>187</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>82</v>
       </c>
       <c r="B23" t="s">
+        <v>189</v>
+      </c>
+      <c r="C23" t="s">
         <v>190</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>191</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H23" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>82</v>
       </c>
       <c r="B24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>196</v>
+        <v>168</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>197</v>
       </c>
       <c r="H24" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>82</v>
       </c>
       <c r="B25" t="s">
         <v>199</v>
       </c>
       <c r="C25" t="s">
         <v>200</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
@@ -2531,207 +2561,207 @@
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>202</v>
       </c>
       <c r="H25" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>82</v>
       </c>
       <c r="B26" t="s">
         <v>204</v>
       </c>
       <c r="C26" t="s">
         <v>205</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>163</v>
+        <v>206</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>82</v>
       </c>
       <c r="B27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>210</v>
+        <v>168</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>211</v>
       </c>
       <c r="H27" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>82</v>
       </c>
       <c r="B28" t="s">
         <v>213</v>
       </c>
       <c r="C28" t="s">
         <v>214</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>215</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>216</v>
       </c>
       <c r="H28" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>82</v>
       </c>
       <c r="B29" t="s">
         <v>218</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>219</v>
       </c>
       <c r="D29" t="s">
-        <v>219</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>220</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>221</v>
       </c>
       <c r="H29" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>82</v>
       </c>
       <c r="B30" t="s">
         <v>223</v>
       </c>
       <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>225</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>226</v>
       </c>
       <c r="H30" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>82</v>
       </c>
       <c r="B31" t="s">
         <v>228</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>229</v>
       </c>
       <c r="D31" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>177</v>
+        <v>230</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H31" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>82</v>
       </c>
       <c r="B32" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C32" t="s">
-        <v>232</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="E32" t="s">
-        <v>233</v>
+        <v>182</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>234</v>
       </c>
       <c r="H32" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>82</v>
       </c>
       <c r="B33" t="s">
         <v>236</v>
       </c>
       <c r="C33" t="s">
         <v>237</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
@@ -2739,103 +2769,103 @@
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>239</v>
       </c>
       <c r="H33" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>82</v>
       </c>
       <c r="B34" t="s">
         <v>241</v>
       </c>
       <c r="C34" t="s">
         <v>242</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>133</v>
+        <v>243</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>82</v>
       </c>
       <c r="B35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>82</v>
       </c>
       <c r="B36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>252</v>
+        <v>138</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>253</v>
       </c>
       <c r="H36" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>82</v>
       </c>
       <c r="B37" t="s">
         <v>255</v>
       </c>
       <c r="C37" t="s">
         <v>256</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
@@ -2938,103 +2968,103 @@
       </c>
       <c r="C41" t="s">
         <v>276</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
         <v>277</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>278</v>
       </c>
       <c r="H41" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>82</v>
       </c>
       <c r="B42" t="s">
-        <v>218</v>
+        <v>280</v>
       </c>
       <c r="C42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>82</v>
       </c>
       <c r="B43" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C43" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H43" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>82</v>
       </c>
       <c r="B44" t="s">
-        <v>289</v>
+        <v>223</v>
       </c>
       <c r="C44" t="s">
         <v>290</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>291</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>292</v>
       </c>
       <c r="H44" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>82</v>
       </c>
       <c r="B45" t="s">
@@ -3139,612 +3169,664 @@
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>82</v>
       </c>
       <c r="B49" t="s">
         <v>314</v>
       </c>
       <c r="C49" t="s">
         <v>315</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
         <v>316</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>317</v>
       </c>
       <c r="H49" t="s">
         <v>318</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>82</v>
+      </c>
+      <c r="B50" t="s">
+        <v>319</v>
+      </c>
+      <c r="C50" t="s">
+        <v>320</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>321</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>322</v>
+      </c>
+      <c r="H50" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>82</v>
+      </c>
+      <c r="B51" t="s">
+        <v>324</v>
+      </c>
+      <c r="C51" t="s">
+        <v>325</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>326</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>327</v>
+      </c>
+      <c r="H51" t="s">
+        <v>328</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="B2" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="C2" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="H2" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="B2" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="C2" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="D2" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="E2" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="H2" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="B3" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="C3" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="D3" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="E3" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="H3" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="B4" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="C4" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="D4" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="E4" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="H4" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="B5" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="C5" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="D5" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="E5" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="H5" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="B2" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="H2" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="I2" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="B3" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="H3" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="I3" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="B4" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="H4" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="I4" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="B5" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
+        <v>376</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>377</v>
+      </c>
+      <c r="H5" t="s">
+        <v>378</v>
+      </c>
+      <c r="I5" t="s">
         <v>366</v>
-      </c>
-[...10 lines deleted...]
-        <v>356</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="B2" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="C2" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="D2" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="E2" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="H2" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="B2" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="C2" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="H2" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="B2" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="C2" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="D2" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="E2" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="H2" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>