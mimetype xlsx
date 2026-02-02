--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -39,51 +39,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="640" uniqueCount="380">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="664" uniqueCount="395">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -299,50 +299,65 @@
   <si>
     <t>07/10/2022 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3375791</t>
   </si>
   <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Maladie de Behçet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
   </si>
   <si>
     <t>p_3148016</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
@@ -386,50 +401,65 @@
   <si>
     <t>21/10/2019 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
   </si>
   <si>
     <t>c_483032</t>
   </si>
   <si>
     <t>Myasthénie autoimmune</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
   </si>
   <si>
     <t>24/07/2015 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
   </si>
   <si>
     <t>c_2048406</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Syndrome néphrotique idiopathique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/12/2014 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
   </si>
   <si>
     <t>c_2001046</t>
   </si>
   <si>
     <t>Glomérulonéphrite Extra-Membraneuse</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
@@ -441,50 +471,65 @@
     <t>Cryoglobulinémies</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
   </si>
   <si>
     <t>p_3278570</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
   </si>
   <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
   </si>
   <si>
     <t>p_3689228</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
@@ -1341,164 +1386,164 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>363</v>
+        <v>378</v>
       </c>
       <c r="B2" t="s">
-        <v>364</v>
+        <v>379</v>
       </c>
       <c r="C2" t="s">
-        <v>365</v>
+        <v>380</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>366</v>
+        <v>381</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>367</v>
+        <v>382</v>
       </c>
       <c r="H2" t="s">
-        <v>368</v>
+        <v>383</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>369</v>
+        <v>384</v>
       </c>
       <c r="B2" t="s">
-        <v>370</v>
+        <v>385</v>
       </c>
       <c r="C2" t="s">
-        <v>371</v>
+        <v>386</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>372</v>
+        <v>387</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>373</v>
+        <v>388</v>
       </c>
       <c r="H2" t="s">
-        <v>374</v>
+        <v>389</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>369</v>
+        <v>384</v>
       </c>
       <c r="B3" t="s">
-        <v>375</v>
+        <v>390</v>
       </c>
       <c r="C3" t="s">
-        <v>376</v>
+        <v>391</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>377</v>
+        <v>392</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>378</v>
+        <v>393</v>
       </c>
       <c r="H3" t="s">
-        <v>379</v>
+        <v>394</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1531,51 +1576,51 @@
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H38"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1958,83 +2003,83 @@
       </c>
       <c r="C16" t="s">
         <v>102</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
       <c r="E16" t="s">
         <v>103</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
         <v>104</v>
       </c>
       <c r="H16" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>26</v>
       </c>
       <c r="B17" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="D17" t="s">
-        <v>106</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>26</v>
       </c>
       <c r="B18" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E18" t="s">
         <v>112</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
         <v>113</v>
       </c>
       <c r="H18" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>26</v>
       </c>
       <c r="B19" t="s">
         <v>115</v>
       </c>
       <c r="C19" t="s">
         <v>116</v>
       </c>
       <c r="D19" t="s">
@@ -2071,103 +2116,103 @@
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
         <v>123</v>
       </c>
       <c r="H20" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>26</v>
       </c>
       <c r="B21" t="s">
         <v>125</v>
       </c>
       <c r="C21" t="s">
         <v>126</v>
       </c>
       <c r="D21" t="s">
         <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>26</v>
       </c>
       <c r="B22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D22" t="s">
         <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D23" t="s">
         <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>136</v>
+        <v>62</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
         <v>137</v>
       </c>
       <c r="H23" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>26</v>
       </c>
       <c r="B24" t="s">
         <v>139</v>
       </c>
       <c r="C24" t="s">
         <v>140</v>
       </c>
       <c r="D24" t="s">
         <v>15</v>
       </c>
       <c r="E24" t="s">
@@ -2305,1191 +2350,1269 @@
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
         <v>167</v>
       </c>
       <c r="H29" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>26</v>
       </c>
       <c r="B30" t="s">
         <v>169</v>
       </c>
       <c r="C30" t="s">
         <v>170</v>
       </c>
       <c r="D30" t="s">
         <v>15</v>
       </c>
       <c r="E30" t="s">
-        <v>122</v>
+        <v>171</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>26</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C31" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D31" t="s">
         <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H31" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>26</v>
       </c>
       <c r="B32" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C32" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D32" t="s">
         <v>15</v>
       </c>
       <c r="E32" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H32" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>26</v>
       </c>
       <c r="B33" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C33" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" t="s">
-        <v>185</v>
+        <v>132</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
       <c r="G33" t="s">
         <v>186</v>
       </c>
       <c r="H33" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>26</v>
       </c>
       <c r="B34" t="s">
         <v>188</v>
       </c>
       <c r="C34" t="s">
         <v>189</v>
       </c>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
-        <v>62</v>
+        <v>190</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>26</v>
       </c>
       <c r="B35" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C35" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>26</v>
       </c>
       <c r="B36" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>26</v>
       </c>
       <c r="B37" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C37" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D37" t="s">
         <v>15</v>
       </c>
       <c r="E37" t="s">
-        <v>204</v>
+        <v>62</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="G37" t="s">
         <v>205</v>
       </c>
       <c r="H37" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>26</v>
       </c>
       <c r="B38" t="s">
         <v>207</v>
       </c>
       <c r="C38" t="s">
         <v>208</v>
       </c>
       <c r="D38" t="s">
         <v>15</v>
       </c>
       <c r="E38" t="s">
         <v>209</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
         <v>210</v>
       </c>
       <c r="H38" t="s">
         <v>211</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>26</v>
+      </c>
+      <c r="B39" t="s">
+        <v>212</v>
+      </c>
+      <c r="C39" t="s">
+        <v>213</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>214</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>215</v>
+      </c>
+      <c r="H39" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>26</v>
+      </c>
+      <c r="B40" t="s">
+        <v>217</v>
+      </c>
+      <c r="C40" t="s">
+        <v>218</v>
+      </c>
+      <c r="D40" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" t="s">
+        <v>219</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>220</v>
+      </c>
+      <c r="H40" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>26</v>
+      </c>
+      <c r="B41" t="s">
+        <v>222</v>
+      </c>
+      <c r="C41" t="s">
+        <v>223</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>224</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>225</v>
+      </c>
+      <c r="H41" t="s">
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="C2" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
       <c r="D2" t="s">
-        <v>215</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>215</v>
+        <v>230</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="H2" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B3" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="C3" t="s">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="D3" t="s">
-        <v>220</v>
+        <v>235</v>
       </c>
       <c r="E3" t="s">
-        <v>221</v>
+        <v>236</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="H3" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B4" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="C4" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="E4" t="s">
-        <v>227</v>
+        <v>242</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="H4" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B5" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="C5" t="s">
-        <v>231</v>
+        <v>246</v>
       </c>
       <c r="D5" t="s">
-        <v>232</v>
+        <v>247</v>
       </c>
       <c r="E5" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>234</v>
+        <v>249</v>
       </c>
       <c r="H5" t="s">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B6" t="s">
-        <v>236</v>
+        <v>251</v>
       </c>
       <c r="C6" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="D6" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="E6" t="s">
-        <v>239</v>
+        <v>254</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>240</v>
+        <v>255</v>
       </c>
       <c r="H6" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B7" t="s">
-        <v>242</v>
+        <v>257</v>
       </c>
       <c r="C7" t="s">
-        <v>243</v>
+        <v>258</v>
       </c>
       <c r="D7" t="s">
-        <v>244</v>
+        <v>259</v>
       </c>
       <c r="E7" t="s">
-        <v>245</v>
+        <v>260</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>246</v>
+        <v>261</v>
       </c>
       <c r="H7" t="s">
-        <v>247</v>
+        <v>262</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B8" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="C8" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="D8" t="s">
-        <v>250</v>
+        <v>265</v>
       </c>
       <c r="E8" t="s">
-        <v>251</v>
+        <v>266</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>252</v>
+        <v>267</v>
       </c>
       <c r="H8" t="s">
-        <v>253</v>
+        <v>268</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B9" t="s">
-        <v>254</v>
+        <v>269</v>
       </c>
       <c r="C9" t="s">
-        <v>255</v>
+        <v>270</v>
       </c>
       <c r="D9" t="s">
         <v>40</v>
       </c>
       <c r="E9" t="s">
-        <v>256</v>
+        <v>271</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>257</v>
+        <v>272</v>
       </c>
       <c r="H9" t="s">
-        <v>258</v>
+        <v>273</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B10" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="C10" t="s">
-        <v>260</v>
+        <v>275</v>
       </c>
       <c r="D10" t="s">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="E10" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
       <c r="H10" t="s">
-        <v>264</v>
+        <v>279</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="H11" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="C12" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="D12" t="s">
-        <v>271</v>
+        <v>286</v>
       </c>
       <c r="E12" t="s">
-        <v>271</v>
+        <v>286</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="H12" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="B13" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="C13" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="D13" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="E13" t="s">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="H13" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="B2" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="C2" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>283</v>
+        <v>298</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>284</v>
+        <v>299</v>
       </c>
       <c r="H2" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="B2" t="s">
-        <v>287</v>
+        <v>302</v>
       </c>
       <c r="C2" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="D2" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="E2" t="s">
-        <v>290</v>
+        <v>305</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>291</v>
+        <v>306</v>
       </c>
       <c r="H2" t="s">
-        <v>292</v>
+        <v>307</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="B3" t="s">
-        <v>293</v>
+        <v>308</v>
       </c>
       <c r="C3" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="D3" t="s">
-        <v>295</v>
+        <v>310</v>
       </c>
       <c r="E3" t="s">
-        <v>296</v>
+        <v>311</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>297</v>
+        <v>312</v>
       </c>
       <c r="H3" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="B4" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="C4" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="D4" t="s">
-        <v>301</v>
+        <v>316</v>
       </c>
       <c r="E4" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>303</v>
+        <v>318</v>
       </c>
       <c r="H4" t="s">
-        <v>304</v>
+        <v>319</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="B5" t="s">
-        <v>305</v>
+        <v>320</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>306</v>
+        <v>321</v>
       </c>
       <c r="E5" t="s">
-        <v>307</v>
+        <v>322</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>308</v>
+        <v>323</v>
       </c>
       <c r="H5" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="B6" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
       <c r="C6" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="D6" t="s">
-        <v>312</v>
+        <v>327</v>
       </c>
       <c r="E6" t="s">
-        <v>313</v>
+        <v>328</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>314</v>
+        <v>329</v>
       </c>
       <c r="H6" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="B7" t="s">
-        <v>316</v>
+        <v>331</v>
       </c>
       <c r="C7" t="s">
-        <v>317</v>
+        <v>332</v>
       </c>
       <c r="D7" t="s">
-        <v>318</v>
+        <v>333</v>
       </c>
       <c r="E7" t="s">
-        <v>319</v>
+        <v>334</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="H7" t="s">
-        <v>321</v>
+        <v>336</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>322</v>
+        <v>337</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>323</v>
+        <v>338</v>
       </c>
       <c r="B2" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>325</v>
+        <v>340</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>326</v>
+        <v>341</v>
       </c>
       <c r="H2" t="s">
-        <v>327</v>
+        <v>342</v>
       </c>
       <c r="I2" t="s">
-        <v>328</v>
+        <v>343</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>323</v>
+        <v>338</v>
       </c>
       <c r="B3" t="s">
-        <v>329</v>
+        <v>344</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>330</v>
+        <v>345</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>331</v>
+        <v>346</v>
       </c>
       <c r="H3" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="I3" t="s">
-        <v>328</v>
+        <v>343</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>323</v>
+        <v>338</v>
       </c>
       <c r="B4" t="s">
-        <v>333</v>
+        <v>348</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>334</v>
+        <v>349</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="H4" t="s">
-        <v>336</v>
+        <v>351</v>
       </c>
       <c r="I4" t="s">
-        <v>328</v>
+        <v>343</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
       <c r="B2" t="s">
-        <v>338</v>
+        <v>353</v>
       </c>
       <c r="C2" t="s">
-        <v>339</v>
+        <v>354</v>
       </c>
       <c r="D2" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="E2" t="s">
-        <v>341</v>
+        <v>356</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>342</v>
+        <v>357</v>
       </c>
       <c r="H2" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>344</v>
+        <v>359</v>
       </c>
       <c r="B2" t="s">
-        <v>345</v>
+        <v>360</v>
       </c>
       <c r="C2" t="s">
-        <v>346</v>
+        <v>361</v>
       </c>
       <c r="D2" t="s">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="E2" t="s">
-        <v>348</v>
+        <v>363</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>349</v>
+        <v>364</v>
       </c>
       <c r="H2" t="s">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>344</v>
+        <v>359</v>
       </c>
       <c r="B3" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="C3" t="s">
-        <v>352</v>
+        <v>367</v>
       </c>
       <c r="D3" t="s">
-        <v>353</v>
+        <v>368</v>
       </c>
       <c r="E3" t="s">
-        <v>354</v>
+        <v>369</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="H3" t="s">
-        <v>356</v>
+        <v>371</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>344</v>
+        <v>359</v>
       </c>
       <c r="B4" t="s">
-        <v>357</v>
+        <v>372</v>
       </c>
       <c r="C4" t="s">
-        <v>358</v>
+        <v>373</v>
       </c>
       <c r="D4" t="s">
-        <v>359</v>
+        <v>374</v>
       </c>
       <c r="E4" t="s">
-        <v>360</v>
+        <v>375</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>361</v>
+        <v>376</v>
       </c>
       <c r="H4" t="s">
-        <v>362</v>
+        <v>377</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>