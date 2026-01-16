--- v0 (2025-11-25)
+++ v1 (2026-01-16)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="95">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,65 +74,95 @@
   <si>
     <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
   </si>
   <si>
     <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>17/12/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
   </si>
   <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Ostéite Chronique Multifocale Récurrente</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/10/2025 12:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
   </si>
   <si>
     <t>p_3689228</t>
   </si>
   <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
@@ -180,65 +210,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 16:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
   </si>
   <si>
     <t>p_3536031</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
   </si>
   <si>
     <t>09/06/2017 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2772874</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
   </si>
   <si>
     <t>24/07/2013 00:00:00</t>
   </si>
   <si>
     <t>14/10/2013 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
   </si>
   <si>
     <t>c_1652304</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
   </si>
@@ -407,51 +422,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -502,103 +517,103 @@
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>27</v>
       </c>
       <c r="C4" t="s">
         <v>28</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>29</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>30</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>35</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
         <v>38</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>41</v>
       </c>
       <c r="H6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>
       </c>
       <c r="D7" t="s">
@@ -658,288 +673,314 @@
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
       <c r="C10" t="s">
         <v>59</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>60</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>61</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>62</v>
       </c>
-      <c r="H10" t="s">
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
         <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="E2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="H3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="I2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>