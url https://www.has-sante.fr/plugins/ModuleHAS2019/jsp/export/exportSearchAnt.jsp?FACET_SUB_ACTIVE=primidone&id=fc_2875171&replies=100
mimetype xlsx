--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="150">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -80,123 +80,186 @@
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>ACTIVA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>03/11/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398732/fr/activa</t>
   </si>
   <si>
     <t>c_398732</t>
   </si>
   <si>
     <t>Medtronic France</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
     <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
   </si>
   <si>
     <t>p_3374425</t>
   </si>
   <si>
     <t>Epilepsies vitamino-sensibles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
   </si>
   <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
     <t>Syndrome de l’X Fragile</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/08/2021 15:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
   </si>
   <si>
     <t>p_3264437</t>
   </si>
   <si>
     <t>Déficits du cycle de l’urée</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/06/2021 09:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
   </si>
   <si>
     <t>p_3269572</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
   <si>
     <t>08/10/2020 00:00:00</t>
   </si>
   <si>
     <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>
   <si>
     <t>Contraception chez la femme en post-partum</t>
   </si>
@@ -539,831 +602,935 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>17</v>
       </c>
       <c r="B2" t="s">
         <v>18</v>
       </c>
       <c r="C2" t="s">
         <v>19</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>17</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>17</v>
       </c>
       <c r="B6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H6" t="s">
-        <v>42</v>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C2" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="D2" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="E2" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E3" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B4" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="D4" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E4" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="H4" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="C5" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E5" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="H5" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B6" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="C6" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E6" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="H6" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="C7" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="C8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D8" t="s">
         <v>73</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="H8" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="C9" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E9" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="H9" t="s">
-        <v>79</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="C10" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="D10" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="H10" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>105</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E11" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="H11" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>88</v>
+        <v>109</v>
       </c>
       <c r="H12" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="H13" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B14" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="C14" t="s">
-        <v>94</v>
+        <v>115</v>
       </c>
       <c r="D14" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
       <c r="E14" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="H14" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B15" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="D15" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="E15" t="s">
-        <v>102</v>
+        <v>123</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>103</v>
+        <v>124</v>
       </c>
       <c r="H15" t="s">
-        <v>104</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="D2" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="H2" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="B2" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="H2" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="I2" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="J2" t="s">
-        <v>120</v>
+        <v>141</v>
       </c>
       <c r="K2" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="L2" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="M2" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>124</v>
+        <v>145</v>
       </c>
       <c r="B2" t="s">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="H2" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>