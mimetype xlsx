--- v0 (2025-11-08)
+++ v1 (2026-03-20)
@@ -1,188 +1,401 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="96">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilité clinique de l’ajout de la mesure de la fraction expirée du monoxyde d’azote (FeNO) à la stratégie actuelle de suivi d’un patient asthmatique pour l’ajustement des différents traitements de l’asthme et description de ses conditions de réalisation, en vue de l’inscription, ou non, de cette mesure à la Classification commune des actes médicaux (CCAM)</t>
+  </si>
+  <si>
+    <t>25/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2023 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331921/fr/mesure-de-la-fraction-expiree-du-monoxyde-d-azote-feno-pour-l-ajustement-du-traitement-de-l-asthme</t>
+  </si>
+  <si>
+    <t>p_3331921</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 27 octobre 2021</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293944/fr/commission-de-la-transparence-reunion-a-distance-du-27-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3293944</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 décembre 2014</t>
+  </si>
+  <si>
+    <t>27/11/2014 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778332/fr/commission-de-la-transparence-reunion-du-3-decembre-2014</t>
+  </si>
+  <si>
+    <t>c_1778332</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 janvier 2014</t>
+  </si>
+  <si>
+    <t>28/02/2014 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718741/fr/commission-de-la-transparence-reunion-du-22-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1718741</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 avril 2011</t>
+  </si>
+  <si>
+    <t>27/04/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1049085/fr/commission-de-la-transparence-reunion-du-27-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1049085</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AZELASTINE CHLORHYDRATE / FLUTICASONE PROPIONATE (chlorhydrate d'azelastine / propionate de fluticasone)</t>
+  </si>
+  <si>
+    <t>03/12/2025 16:59:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497183/fr/azelastine-chlorhydrate-/-fluticasone-propionate-chlorhydrate-d-azelastine-/-propionate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>p_3497183</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'azelastine,propionate de fluticasone</t>
+  </si>
+  <si>
+    <t>BIOGARAN / EG LABO – LABORATOIRES EUROGENERICS / TEVA SANTE / VIATRIS SANTE / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497020/fr/azelastine-chlorhydrate-/-fluticasone-propionate-biogaran-chlorhydrate-d-azelastine-/-propionate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497032/fr/azelastine-chlorhydrate-/-fluticasone-propionate-eg-chlorhydrate-d-azelastine-/-propionate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497023/fr/azelastine-chlorhydrate-/-fluticasone-propionate-teva-chlorhydrate-d-azelastine-/-propionate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499778/fr/azelastine-chlorhydrate-/-fluticasone-propionate-viatris-chlorhydrate-d-azelastine/propionate-de-fluticasone-rhinite-allergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3775811/fr/azelastine-chlorhydrate/fluticasone-propionate-zentiva-chlorhydrate-d-azelastine/propionate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>PROPIONATE DE FLUTICASONE/SALMETEROL (propionate de fluticasone / salmétérol)</t>
+  </si>
+  <si>
+    <t>24/07/2025 10:55:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338156/fr/propionate-de-fluticasone/salmeterol-propionate-de-fluticasone-/-salmeterol</t>
+  </si>
+  <si>
+    <t>p_3338156</t>
+  </si>
+  <si>
+    <t>propionate de fluticasone,salmétérol</t>
+  </si>
+  <si>
+    <t>ARROW AIRMASTER / BIOGARAN / CIPLA / EG LABO – LABORATOIRES EUROGENERICS / ELC GROUP S.R.O. / MYLAN SAS / SANDOZ / ZENTIVA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299694/fr/propionate-de-fluticasone-salmeterol-biogaran-airmaster-salmeterol-/-propionate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299688/fr/propionate-de-fluticasone/salmeterol-zentiva-salmeterol-/-propionate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299652/fr/propionate-de-fluticasone/salmeterol-mylan-salmeterol-/-propionate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314516/fr/propionate-de-fluticasone/salmeterol-arrow-airmaster-salmeterol-/-fluticasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344834/fr/propionate-de-fluticasone/salmeterol-sandoz-propionate-de-fluticasone/salmeterol-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425784/fr/propionate-de-fluticasone/salmeterol-eg-airmaster-salmeterol/propionate-de-fluticasone-asthme-et-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454352/fr/propionate-de-fluticasone/salmeterol-cipla-salmeterol-/-propionate-de-fluticasone-asthme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637173/fr/propionate-de-fluticasone/salmeterol-elc-ciphaler-propionate-de-fluticasone-/-salmeterol-asthme-et-bpco-bronchopneumopathie-chronique-obstructive</t>
+  </si>
+  <si>
+    <t>PROPIONATE DE FLUTICASONE CIPLA (propionate de fluticasone)</t>
+  </si>
+  <si>
+    <t>06/10/2023 09:10:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466450/fr/propionate-de-fluticasone-cipla-propionate-de-fluticasone</t>
+  </si>
+  <si>
+    <t>p_3466450</t>
+  </si>
+  <si>
+    <t>propionate de fluticasone</t>
+  </si>
+  <si>
+    <t>CIPLA EUROPE NV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466055/fr/propionate-de-fluticasone-cipla-propionate-de-fluticasone-asthme</t>
+  </si>
+  <si>
+    <t>SALFLUAIR EASYHALER (propionate de fluticasone/ salmétérol)</t>
+  </si>
+  <si>
+    <t>30/09/2019 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107953/fr/salfluair-easyhaler-propionate-de-fluticasone/-salmeterol</t>
+  </si>
+  <si>
+    <t>p_3107953</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107629/fr/salfluair-easyhaler-propionate-de-fluticasone/-salmeterol</t>
   </si>
   <si>
     <t>DYMISTA (propionate de fluticasone/ chlorhydrate d'azélastine)</t>
   </si>
   <si>
-    <t>09/10/2014 16:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984822/en/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
+    <t>10/09/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984822/fr/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
   </si>
   <si>
     <t>pprd_2984822</t>
   </si>
   <si>
     <t>propionate de fluticasone,chlorhydrate d'azélastine</t>
   </si>
   <si>
     <t>MEDA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1725332/en/dymista</t>
+    <t>https://www.has-sante.fr/jcms/c_1725332/fr/dymista-fluticasone-azelastine-association-corticoide-antihistaminique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -209,119 +422,546 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
         <v>19</v>
       </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>24</v>
       </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+      <c r="I3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" t="s">
+        <v>46</v>
+      </c>
+      <c r="I6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+      <c r="J1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+      <c r="I2" t="s">
+        <v>55</v>
+      </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>57</v>
+      </c>
+      <c r="L2" t="s">
+        <v>58</v>
+      </c>
+      <c r="M2" t="s">
+        <v>59</v>
+      </c>
+      <c r="N2" t="s">
+        <v>60</v>
+      </c>
+      <c r="O2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" t="s">
+        <v>65</v>
+      </c>
+      <c r="I3" t="s">
+        <v>66</v>
+      </c>
+      <c r="J3" t="s">
+        <v>67</v>
+      </c>
+      <c r="K3" t="s">
+        <v>68</v>
+      </c>
+      <c r="L3" t="s">
+        <v>69</v>
+      </c>
+      <c r="M3" t="s">
+        <v>70</v>
+      </c>
+      <c r="N3" t="s">
+        <v>71</v>
+      </c>
+      <c r="O3" t="s">
+        <v>72</v>
+      </c>
+      <c r="P3" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>74</v>
+      </c>
+      <c r="R3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>78</v>
+      </c>
+      <c r="H4" t="s">
+        <v>79</v>
+      </c>
+      <c r="I4" t="s">
+        <v>80</v>
+      </c>
+      <c r="J4" t="s">
+        <v>81</v>
+      </c>
+      <c r="K4" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>84</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>85</v>
+      </c>
+      <c r="H5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I5" t="s">
+        <v>66</v>
+      </c>
+      <c r="J5" t="s">
+        <v>87</v>
+      </c>
+      <c r="K5" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>89</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>90</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>91</v>
+      </c>
+      <c r="H6" t="s">
+        <v>92</v>
+      </c>
+      <c r="I6" t="s">
+        <v>93</v>
+      </c>
+      <c r="J6" t="s">
+        <v>94</v>
+      </c>
+      <c r="K6" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>