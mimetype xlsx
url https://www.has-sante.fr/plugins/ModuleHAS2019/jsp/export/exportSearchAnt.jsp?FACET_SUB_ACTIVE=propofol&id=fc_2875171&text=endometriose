--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
   </si>
   <si>
     <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
   </si>
   <si>
     <t>10/03/2022 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>24/03/2022 11:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
   </si>
   <si>
     <t>p_3215131</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 12 juillet 2023</t>
   </si>
   <si>
     <t>06/07/2023 17:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3451461/fr/commission-de-la-transparence-reunion-du-12-juillet-2023</t>
   </si>