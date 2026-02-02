--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,95 +9,317 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="90">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +329,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +387,381 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>74</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>83</v>
+      </c>
+      <c r="B15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" t="s">
+        <v>89</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>