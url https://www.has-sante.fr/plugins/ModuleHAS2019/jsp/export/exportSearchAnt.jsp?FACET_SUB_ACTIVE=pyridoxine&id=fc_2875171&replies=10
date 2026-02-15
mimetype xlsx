--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -1,2307 +1,436 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="413" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NUTRI-ENERGIE - 17 avril 2012 (4227) avis</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/04/2012 00:00:00</t>
-[...26 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
-[...239 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Comment mieux informer les femmes enceintes ?</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...370 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400432/fr/cystine-b6-bailleul-cystine/-pyridoxine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
-[...52 lines deleted...]
-      <c r="B2" t="s">
         <v>22</v>
       </c>
-      <c r="C2" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>23</v>
       </c>
-      <c r="D2" t="s">
+      <c r="B4" t="s">
         <v>24</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C4" t="s">
         <v>25</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="D4" t="s">
         <v>26</v>
       </c>
-      <c r="H2" t="s">
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>28</v>
       </c>
-      <c r="C3" t="s">
+      <c r="H4" t="s">
         <v>29</v>
       </c>
-      <c r="D3" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
         <v>30</v>
       </c>
-      <c r="E3" t="s">
+      <c r="C5" t="s">
         <v>31</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="D5" t="s">
         <v>32</v>
       </c>
-      <c r="H3" t="s">
+      <c r="E5" t="s">
         <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...1215 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>