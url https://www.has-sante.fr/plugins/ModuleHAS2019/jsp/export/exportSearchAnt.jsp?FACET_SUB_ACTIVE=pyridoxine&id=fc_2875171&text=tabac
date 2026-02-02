--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,170 +9,278 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -212,43 +320,199 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>