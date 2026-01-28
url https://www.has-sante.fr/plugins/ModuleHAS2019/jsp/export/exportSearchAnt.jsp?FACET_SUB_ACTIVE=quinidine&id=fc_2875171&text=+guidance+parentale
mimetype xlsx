--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,88 +9,103 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Syndrome de Rett et apparentés</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>03/05/2017 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
   </si>
   <si>
     <t>c_2760855</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
   </si>
   <si>
     <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
   </si>
   <si>
     <t>01/12/2002 00:00:00</t>
   </si>
   <si>
     <t>01/12/2002 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
@@ -111,101 +126,116 @@
     <t>21/05/2014 00:00:00</t>
   </si>
   <si>
     <t>13/02/2015 12:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
   </si>
   <si>
     <t>c_2012494</t>
   </si>
   <si>
     <t>Syndromes myasthéniques congénitaux</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>25/03/2021 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
   </si>
   <si>
     <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -221,119 +251,171 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>