--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="25">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Syndrome de Rett et apparentés</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>03/05/2017 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
   </si>
   <si>
     <t>c_2760855</t>
   </si>
   <si>
     <t>Syndrome du QT Long</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
   </si>
   <si>
     <t>p_3290161</t>
   </si>
@@ -119,51 +134,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -203,43 +218,69 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>