--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Syndrome de Rett et apparentés</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
   </si>
   <si>
     <t>03/05/2017 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
   </si>
   <si>
     <t>c_2760855</t>
   </si>
   <si>
     <t>Syndrome du QT Long</t>
   </si>