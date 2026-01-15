--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -80,63 +80,63 @@
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
   </si>
   <si>
     <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
   </si>
   <si>
     <t>15/10/2014 00:00:00</t>
   </si>
   <si>
     <t>17/11/2014 17:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
   </si>
   <si>
     <t>c_1718021</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
-    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
-[...11 lines deleted...]
-    <t>c_2747976</t>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">