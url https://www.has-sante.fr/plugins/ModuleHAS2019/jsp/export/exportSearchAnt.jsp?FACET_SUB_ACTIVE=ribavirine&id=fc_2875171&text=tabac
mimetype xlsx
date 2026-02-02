--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,157 +1,358 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="80">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage biologique des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Recommander la meilleure stratégie de tests biologiques pour le dépistage de l’hépatite B et de l’hépatite C permettant de déterminer le statut immunitaire de la personne à risque par rapport à l’infection par les virus VHB ou VHC et de proposer la bonne prise en charge médicale suite à l’annonce du résultat du dépistage.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2012 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050355/fr/strategies-de-depistage-biologique-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050355</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +366,455 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>71</v>
+      </c>
+      <c r="H6" t="s">
+        <v>72</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H2" t="s">
+        <v>78</v>
+      </c>
+      <c r="I2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>