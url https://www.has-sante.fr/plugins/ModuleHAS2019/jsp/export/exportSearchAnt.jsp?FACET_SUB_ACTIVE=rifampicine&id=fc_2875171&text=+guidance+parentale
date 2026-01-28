--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,97 +9,112 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="98">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
   </si>
   <si>
     <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
   </si>
   <si>
     <t>01/12/2002 00:00:00</t>
@@ -212,63 +227,63 @@
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...11 lines deleted...]
-    <t>c_2792719</t>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/11/2021 14:17:00</t>
   </si>
@@ -338,51 +353,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -424,245 +439,245 @@
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>36</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>41</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>42</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
         <v>45</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>46</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>47</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>48</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D10" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B11" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E11" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>60</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>62</v>
       </c>
       <c r="C12" t="s">
         <v>63</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
@@ -762,67 +777,93 @@
       </c>
       <c r="B16" t="s">
         <v>82</v>
       </c>
       <c r="C16" t="s">
         <v>83</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>84</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>85</v>
       </c>
       <c r="H16" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>87</v>
       </c>
       <c r="C17" t="s">
         <v>88</v>
       </c>
       <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
         <v>89</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>90</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>91</v>
       </c>
-      <c r="H17" t="s">
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" t="s">
         <v>92</v>
+      </c>
+      <c r="C18" t="s">
+        <v>93</v>
+      </c>
+      <c r="D18" t="s">
+        <v>94</v>
+      </c>
+      <c r="E18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>96</v>
+      </c>
+      <c r="H18" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>