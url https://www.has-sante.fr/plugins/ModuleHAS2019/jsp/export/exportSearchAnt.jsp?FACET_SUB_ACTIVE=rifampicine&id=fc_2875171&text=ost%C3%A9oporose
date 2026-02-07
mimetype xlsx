--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="212">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -84,50 +84,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
   </si>
   <si>
     <t>p_3300344</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
   </si>
   <si>
     <t>c_2789359</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
@@ -680,51 +695,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H41"/>
+  <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -853,129 +868,129 @@
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>33</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>38</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>48</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>49</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
         <v>52</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>55</v>
       </c>
       <c r="H10" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>57</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
@@ -1009,77 +1024,77 @@
       </c>
       <c r="E12" t="s">
         <v>64</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>65</v>
       </c>
       <c r="H12" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>67</v>
       </c>
       <c r="C13" t="s">
         <v>68</v>
       </c>
       <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>69</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>70</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
         <v>73</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>75</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>76</v>
       </c>
       <c r="H14" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s">
         <v>79</v>
       </c>
       <c r="D15" t="s">
@@ -1156,476 +1171,476 @@
       </c>
       <c r="B18" t="s">
         <v>93</v>
       </c>
       <c r="C18" t="s">
         <v>94</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>95</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>96</v>
       </c>
       <c r="H18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
         <v>98</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>99</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
         <v>100</v>
       </c>
-      <c r="D19" t="s">
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
         <v>101</v>
       </c>
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>103</v>
       </c>
       <c r="B20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" t="s">
         <v>105</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>106</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>107</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
         <v>108</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" t="s">
         <v>111</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>113</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>114</v>
       </c>
       <c r="H21" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>116</v>
       </c>
       <c r="C22" t="s">
         <v>117</v>
       </c>
       <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
         <v>118</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
         <v>119</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B23" t="s">
+        <v>121</v>
+      </c>
+      <c r="C23" t="s">
         <v>122</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>123</v>
       </c>
-      <c r="D23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D24" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E24" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
         <v>129</v>
       </c>
       <c r="H24" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>131</v>
       </c>
       <c r="C25" t="s">
         <v>132</v>
       </c>
       <c r="D25" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E25" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C26" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D26" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E26" t="s">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H26" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B27" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C27" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D27" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E27" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H27" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B28" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C28" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D28" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E28" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H28" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B29" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C29" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D29" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E29" t="s">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H29" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B30" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="D30" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E30" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="H30" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B31" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="D31" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E31" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="H31" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B32" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C32" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D32" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E32" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H32" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B33" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C33" t="s">
-        <v>160</v>
+        <v>132</v>
       </c>
       <c r="D33" t="s">
-        <v>161</v>
+        <v>123</v>
       </c>
       <c r="E33" t="s">
+        <v>133</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
         <v>162</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B34" t="s">
+        <v>164</v>
+      </c>
+      <c r="C34" t="s">
         <v>165</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>166</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
         <v>167</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
         <v>168</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>8</v>
+        <v>103</v>
       </c>
       <c r="B35" t="s">
+        <v>170</v>
+      </c>
+      <c r="C35" t="s">
         <v>171</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>173</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>174</v>
       </c>
       <c r="H35" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>176</v>
       </c>
       <c r="C36" t="s">
         <v>177</v>
       </c>
       <c r="D36" t="s">
@@ -1650,145 +1665,171 @@
       </c>
       <c r="B37" t="s">
         <v>181</v>
       </c>
       <c r="C37" t="s">
         <v>182</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>183</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>184</v>
       </c>
       <c r="H37" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>186</v>
       </c>
       <c r="C38" t="s">
-        <v>166</v>
+        <v>187</v>
       </c>
       <c r="D38" t="s">
-        <v>187</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>188</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>189</v>
       </c>
       <c r="H38" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>103</v>
       </c>
       <c r="B39" t="s">
         <v>191</v>
       </c>
       <c r="C39" t="s">
+        <v>171</v>
+      </c>
+      <c r="D39" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>193</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
         <v>194</v>
       </c>
       <c r="H39" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>196</v>
       </c>
       <c r="C40" t="s">
         <v>197</v>
       </c>
       <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
         <v>198</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
         <v>199</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
+        <v>103</v>
+      </c>
+      <c r="B41" t="s">
+        <v>201</v>
+      </c>
+      <c r="C41" t="s">
         <v>202</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>204</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
         <v>205</v>
       </c>
       <c r="H41" t="s">
         <v>206</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>207</v>
+      </c>
+      <c r="B42" t="s">
+        <v>208</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>209</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>210</v>
+      </c>
+      <c r="H42" t="s">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>