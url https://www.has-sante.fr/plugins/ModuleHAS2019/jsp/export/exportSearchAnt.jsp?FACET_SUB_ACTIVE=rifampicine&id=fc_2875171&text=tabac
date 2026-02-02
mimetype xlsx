--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,206 +9,737 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="212">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>p_3301328</t>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -224,119 +755,1055 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H6" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="C7" t="s">
         <v>33</v>
       </c>
-      <c r="H5" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" t="s">
+        <v>54</v>
+      </c>
+      <c r="D13" t="s">
+        <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>65</v>
+      </c>
+      <c r="B16" t="s">
+        <v>71</v>
+      </c>
+      <c r="C16" t="s">
+        <v>72</v>
+      </c>
+      <c r="D16" t="s">
+        <v>73</v>
+      </c>
+      <c r="E16" t="s">
+        <v>74</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>77</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>65</v>
+      </c>
+      <c r="B18" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" t="s">
+        <v>85</v>
+      </c>
+      <c r="E18" t="s">
+        <v>86</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>65</v>
+      </c>
+      <c r="B19" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" t="s">
+        <v>91</v>
+      </c>
+      <c r="E19" t="s">
+        <v>92</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>93</v>
+      </c>
+      <c r="H19" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>65</v>
+      </c>
+      <c r="B20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" t="s">
+        <v>96</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>97</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>98</v>
+      </c>
+      <c r="H20" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" t="s">
+        <v>102</v>
+      </c>
+      <c r="E21" t="s">
+        <v>103</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>104</v>
+      </c>
+      <c r="H21" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>108</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>109</v>
+      </c>
+      <c r="H22" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" t="s">
+        <v>114</v>
+      </c>
+      <c r="E23" t="s">
+        <v>115</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>116</v>
+      </c>
+      <c r="H23" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>118</v>
+      </c>
+      <c r="C24" t="s">
+        <v>119</v>
+      </c>
+      <c r="D24" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" t="s">
+        <v>121</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>122</v>
+      </c>
+      <c r="H24" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" t="s">
+        <v>124</v>
+      </c>
+      <c r="C25" t="s">
+        <v>125</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>127</v>
+      </c>
+      <c r="H25" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>65</v>
+      </c>
+      <c r="B26" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" t="s">
+        <v>130</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>131</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>132</v>
+      </c>
+      <c r="H26" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>65</v>
+      </c>
+      <c r="B27" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>136</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>137</v>
+      </c>
+      <c r="H27" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>65</v>
+      </c>
+      <c r="B28" t="s">
+        <v>139</v>
+      </c>
+      <c r="C28" t="s">
+        <v>140</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>141</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>142</v>
+      </c>
+      <c r="H28" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>65</v>
+      </c>
+      <c r="B29" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>146</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>147</v>
+      </c>
+      <c r="H29" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>65</v>
+      </c>
+      <c r="B30" t="s">
+        <v>149</v>
+      </c>
+      <c r="C30" t="s">
+        <v>150</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>151</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>152</v>
+      </c>
+      <c r="H30" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" t="s">
+        <v>154</v>
+      </c>
+      <c r="C31" t="s">
+        <v>155</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>156</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>157</v>
+      </c>
+      <c r="H31" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" t="s">
+        <v>159</v>
+      </c>
+      <c r="C32" t="s">
+        <v>160</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>161</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>162</v>
+      </c>
+      <c r="H32" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" t="s">
+        <v>164</v>
+      </c>
+      <c r="C33" t="s">
+        <v>165</v>
+      </c>
+      <c r="D33" t="s">
+        <v>166</v>
+      </c>
+      <c r="E33" t="s">
+        <v>167</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>168</v>
+      </c>
+      <c r="H33" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>65</v>
+      </c>
+      <c r="B34" t="s">
+        <v>170</v>
+      </c>
+      <c r="C34" t="s">
+        <v>171</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>172</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>173</v>
+      </c>
+      <c r="H34" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>65</v>
+      </c>
+      <c r="B35" t="s">
+        <v>175</v>
+      </c>
+      <c r="C35" t="s">
+        <v>176</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>177</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>178</v>
+      </c>
+      <c r="H35" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>65</v>
+      </c>
+      <c r="B36" t="s">
+        <v>180</v>
+      </c>
+      <c r="C36" t="s">
+        <v>181</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>182</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>183</v>
+      </c>
+      <c r="H36" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>65</v>
+      </c>
+      <c r="B37" t="s">
+        <v>185</v>
+      </c>
+      <c r="C37" t="s">
+        <v>186</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>187</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>188</v>
+      </c>
+      <c r="H37" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>65</v>
+      </c>
+      <c r="B38" t="s">
+        <v>190</v>
+      </c>
+      <c r="C38" t="s">
+        <v>191</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>192</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>193</v>
+      </c>
+      <c r="H38" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>8</v>
+      </c>
+      <c r="B39" t="s">
+        <v>195</v>
+      </c>
+      <c r="C39" t="s">
+        <v>196</v>
+      </c>
+      <c r="D39" t="s">
+        <v>197</v>
+      </c>
+      <c r="E39" t="s">
+        <v>198</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>199</v>
+      </c>
+      <c r="H39" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>65</v>
+      </c>
+      <c r="B40" t="s">
+        <v>201</v>
+      </c>
+      <c r="C40" t="s">
+        <v>202</v>
+      </c>
+      <c r="D40" t="s">
+        <v>203</v>
+      </c>
+      <c r="E40" t="s">
+        <v>204</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>205</v>
+      </c>
+      <c r="H40" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>207</v>
+      </c>
+      <c r="B41" t="s">
+        <v>208</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>209</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>210</v>
+      </c>
+      <c r="H41" t="s">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>