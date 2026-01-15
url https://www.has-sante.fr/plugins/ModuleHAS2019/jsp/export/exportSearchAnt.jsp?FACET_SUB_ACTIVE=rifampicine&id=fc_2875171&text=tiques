--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -98,114 +98,114 @@
   <si>
     <t>p_3604670</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
   </si>
   <si>
     <t>p_3578446</t>
   </si>
   <si>
     <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>29/10/2024 00:00:00</t>
   </si>
   <si>
     <t>11/10/2024 08:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
   </si>
   <si>
     <t>p_3545724</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -350,112 +350,112 @@
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>43</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
         <v>46</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>49</v>
       </c>
       <c r="H8" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>