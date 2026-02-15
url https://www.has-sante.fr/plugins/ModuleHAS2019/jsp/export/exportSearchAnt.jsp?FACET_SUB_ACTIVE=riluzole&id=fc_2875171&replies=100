--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -5,150 +5,216 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="95">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
+  </si>
+  <si>
+    <t>02/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2006 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_409014</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Sclérose Latérale Primitive</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>03/10/2025 13:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
   </si>
   <si>
     <t>p_3689360</t>
   </si>
   <si>
     <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
   </si>
   <si>
     <t>p_3390276</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...17 lines deleted...]
-    <t>c_409014</t>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de Sclérose latérale amyotrophique.</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573383/fr/sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_2573383</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 9 : sclérose latérale amyotrophique (SLA).</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2007 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538662/fr/ald-n-9-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_538662</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>28/02/2025 08:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
   </si>
   <si>
     <t>p_3491330</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -342,508 +408,612 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>22</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>26</v>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="I2" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="J1" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="K1" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>77</v>
       </c>
       <c r="I2" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="J2" t="s">
-        <v>57</v>
+        <v>79</v>
       </c>
       <c r="K2" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="H3" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="I3" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="J3" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="K3" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>66</v>
+        <v>88</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="H4" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
       <c r="I4" t="s">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="J4" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="K4" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="L4" t="s">
-        <v>71</v>
+        <v>93</v>
       </c>
       <c r="M4" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>