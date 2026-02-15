--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,1114 +1,283 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="55">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>11/10/2024 08:47:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic hepatitis C</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient coming into the ALD [Long-term condition] regime with chronic hepatitis (ALD 6: chronic active liver disease and cirrhosis).</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/15/2024 15:22:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
-[...260 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_434397/en/chronic-hepatitis-c</t>
+  </si>
+  <si>
+    <t>c_434397</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Quelle place pour la solifénacine (Vésicare®) dans l’incontinence urinaire et l’impériosité mictionnelle ?</t>
-[...437 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982922/fr/kaletra-lopinavir/-ritonavir</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>KALETRA</t>
+  </si>
+  <si>
+    <t>11/04/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/en/kaletra</t>
   </si>
   <si>
     <t>pprd_2982922</t>
   </si>
   <si>
     <t>lopinavir,ritonavir</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_818401/fr/kaletra-lopinavir/-ritonavir</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983583/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+    <t>https://www.has-sante.fr/jcms/c_818401/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/en/kaletra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/en/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>VIEKIRAX - EXVIERA</t>
+  </si>
+  <si>
+    <t>06/23/2017 14:51:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983583/en/viekirax-exviera</t>
   </si>
   <si>
     <t>pprd_2983583</t>
   </si>
   <si>
     <t>EXVIERA : dasabuvir sodique monohydraté,VIEKIRAX : ombitasvir/paritaprévir/ritonavir (association fixe),dasabuvir,ombitasvir,ritonavir,paritaprévir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025737/fr/viekirax-ombitasvir/paritaprevir/ritonavir-association-fixe-d-antiviraux-a-action-directe-exviera-dasabuvir-antiviral-a-action-directe</t>
-[...80 lines deleted...]
-    <t>c_1757924</t>
+    <t>https://www.has-sante.fr/jcms/c_2025737/en/viekirax-ombitasvir/paritaprevir/ritonavir-fixed-dose-direct-acting-antiviral-combination-exviera-dasabuvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725212/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775799/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1122,2099 +291,318 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...492 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>106</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>108</v>
-[...51 lines deleted...]
-        <v>118</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>119</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>121</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>124</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:Q3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>125</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>130</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>131</v>
+        <v>37</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
+      </c>
+      <c r="J2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K2" t="s">
+        <v>40</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>42</v>
+      </c>
+      <c r="N2" t="s">
+        <v>43</v>
+      </c>
+      <c r="O2" t="s">
+        <v>44</v>
+      </c>
+      <c r="P2" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>125</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>132</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>133</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>134</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>135</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>136</v>
-[...175 lines deleted...]
-        <v>165</v>
+        <v>50</v>
       </c>
       <c r="I3" t="s">
-        <v>161</v>
-[...923 lines deleted...]
-        <v>298</v>
+        <v>51</v>
       </c>
       <c r="J3" t="s">
-        <v>286</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>299</v>
+        <v>52</v>
       </c>
       <c r="L3" t="s">
-        <v>300</v>
+        <v>53</v>
       </c>
       <c r="M3" t="s">
-        <v>301</v>
-[...78 lines deleted...]
-        <v>316</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>