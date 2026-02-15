--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,2438 +1,350 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1408" uniqueCount="770">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="79">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>16/05/2019 16:53:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Syndrome de Cogan</t>
-[...476 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales – Note de cadrage</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
+    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
+  </si>
+  <si>
+    <t>The aim of this work is to assess the clinical utility of measuring the Epstein-Barr virus (EBV) viral load through real-time genetic amplification (PCR) and testing for serum anti-EBV antibodies as part of post-transplant lymphoproliferative disorder (PTLD), with a view to their inclusion in the list of Procedures in Laboratory Medicine reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/20/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Évaluation de la détection du génome des entérovirus dans le liquide céphalorachidien par amplification génique dans les méningites - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1739174/fr/evaluation-de-la-detection-du-genome-des-enterovirus-dans-le-liquide-cephalorachidien-par-amplification-genique-dans-les-meningites-rapport-d-evaluation</t>
+    <t>Detection of enterovirus genome in cerebrospinal fluid by gene amplification in meningitis patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>According to professionals in the field, detection of enterovirus (EV) genome in cerebrospinal fluid (CSF) by gene amplification has been gradually becoming standard practice in the management of meningitis over the past 10 or so years, especially since ready-to-use kits came onto the market With a view to having this diagnostic test reimbursed by National Health Insurance, CNAMTS [National Salaried Workers’ Health Insurance Fund] and the French Society for Microbiology agreed on a joint request to the Haute Autorité de Santé for an assessment of this diagnostic tool The purpose of this assessment is to make sure that enterovirus genome detection in CSF by gene amplification is a validated diagnostic tool in the management of meningitis cases</t>
+  </si>
+  <si>
+    <t>07/23/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/29/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739174/en/detection-of-enterovirus-genome-in-cerebrospinal-fluid-by-gene-amplification-in-meningitis-patients-inahta-brief</t>
   </si>
   <si>
     <t>c_1739174</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...1331 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983658/fr/mabthera-rituximab</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>MABTHERA</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
   </si>
   <si>
     <t>pprd_2983658</t>
   </si>
   <si>
     <t>rituximab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399924/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_951083/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/en/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/en/mabthera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/en/mabthera-rituximab-monoclonal-antibodies</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/en/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/en/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/en/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -2442,4660 +354,423 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4233 lines deleted...]
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>703</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>704</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>705</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>706</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>707</v>
+        <v>17</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>708</v>
+        <v>18</v>
       </c>
       <c r="H2" t="s">
-        <v>709</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>703</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>710</v>
+        <v>20</v>
       </c>
       <c r="C3" t="s">
-        <v>711</v>
+        <v>21</v>
       </c>
       <c r="D3" t="s">
-        <v>712</v>
+        <v>22</v>
       </c>
       <c r="E3" t="s">
-        <v>713</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>714</v>
+        <v>24</v>
       </c>
       <c r="H3" t="s">
-        <v>715</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB6"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>719</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>720</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>721</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>722</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>723</v>
-[...59 lines deleted...]
-        <v>743</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>719</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>744</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="E3" t="s">
-        <v>745</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>746</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>747</v>
-[...8 lines deleted...]
-        <v>749</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>719</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>750</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>751</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>752</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>753</v>
-[...11 lines deleted...]
-        <v>756</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>719</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>757</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>758</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>759</v>
+        <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>760</v>
-[...46 lines deleted...]
-        <v>769</v>
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AB2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>51</v>
+      </c>
+      <c r="J1" t="s">
+        <v>52</v>
+      </c>
+      <c r="K1" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+      <c r="I2" t="s">
+        <v>59</v>
+      </c>
+      <c r="J2" t="s">
+        <v>60</v>
+      </c>
+      <c r="K2" t="s">
+        <v>61</v>
+      </c>
+      <c r="L2" t="s">
+        <v>62</v>
+      </c>
+      <c r="M2" t="s">
+        <v>63</v>
+      </c>
+      <c r="N2" t="s">
+        <v>64</v>
+      </c>
+      <c r="O2" t="s">
+        <v>65</v>
+      </c>
+      <c r="P2" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>67</v>
+      </c>
+      <c r="R2" t="s">
+        <v>68</v>
+      </c>
+      <c r="S2" t="s">
+        <v>69</v>
+      </c>
+      <c r="T2" t="s">
+        <v>70</v>
+      </c>
+      <c r="U2" t="s">
+        <v>71</v>
+      </c>
+      <c r="V2" t="s">
+        <v>72</v>
+      </c>
+      <c r="W2" t="s">
+        <v>73</v>
+      </c>
+      <c r="X2" t="s">
+        <v>74</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>75</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>