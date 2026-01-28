--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="108">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -92,50 +92,65 @@
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
     <t>Hémophilie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/06/2023 14:37:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
   </si>
   <si>
     <t>p_3447771</t>
   </si>
   <si>
     <t>17/10/2019 00:00:00</t>
   </si>
   <si>
     <t>21/10/2019 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
   </si>
   <si>
     <t>c_483032</t>
@@ -240,50 +255,65 @@
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
   </si>
   <si>
     <t>03/11/2017 16:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
   </si>
   <si>
     <t>c_2802885</t>
   </si>
   <si>
     <t>Les maladies du spectre de la neuromyélite optique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
   </si>
   <si>
     <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
   </si>
   <si>
     <t>L’analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») est une technique de cytogénétique moléculaire qui permet de détecter des variations quantitatives du génome (pertes ou gains de matériel chromosomique) avec une résolution très supérieure à celle du caryotype conventionnel. Objectif de l'évaluation : déterminer à quelles fins l’ACPA est utilisée en pratique courante en cancérologie et la place de l’ACPA au regard des techniques plus classiquement utilisées dans ces situations cliniques.</t>
   </si>
@@ -359,51 +389,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -500,83 +530,83 @@
       </c>
       <c r="C5" t="s">
         <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
@@ -636,77 +666,77 @@
       </c>
       <c r="E10" t="s">
         <v>51</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>52</v>
       </c>
       <c r="H10" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
         <v>56</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>57</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" t="s">
         <v>60</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>62</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>63</v>
       </c>
       <c r="H12" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>65</v>
       </c>
       <c r="C13" t="s">
         <v>66</v>
       </c>
       <c r="D13" t="s">
@@ -753,212 +783,264 @@
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>75</v>
       </c>
       <c r="C15" t="s">
         <v>76</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>77</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>78</v>
       </c>
       <c r="H15" t="s">
         <v>79</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" t="s">
+        <v>81</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>82</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>83</v>
+      </c>
+      <c r="H16" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>87</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>88</v>
+      </c>
+      <c r="H17" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="B2" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="C2" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="D2" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="E2" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="H2" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="H2" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="I2" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="H3" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="I3" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>