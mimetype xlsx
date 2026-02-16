--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -129,65 +129,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
   </si>
   <si>
     <t>p_3278570</t>
   </si>
   <si>
     <t>Maladie de Castleman</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
   </si>
   <si>
     <t>27/11/2019 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
   </si>
   <si>
     <t>p_3121172</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2636265</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation de la détection du génome des entérovirus dans le liquide céphalorachidien par amplification génique dans les méningites - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Évaluation de la détection du génome des entérovirus dans le liquide céphalorachidien ( LCR ) par amplification génique dans les méningites</t>
   </si>
   <si>
     <t>23/07/2014 00:00:00</t>
   </si>
   <si>
     <t>29/07/2014 16:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1739174/fr/evaluation-de-la-detection-du-genome-des-enterovirus-dans-le-liquide-cephalorachidien-par-amplification-genique-dans-les-meningites-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1739174</t>
   </si>
 </sst>
 </file>
 
@@ -215,51 +200,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -405,93 +390,67 @@
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      <c r="B9" t="s">
         <v>46</v>
-      </c>
-[...16 lines deleted...]
-        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>