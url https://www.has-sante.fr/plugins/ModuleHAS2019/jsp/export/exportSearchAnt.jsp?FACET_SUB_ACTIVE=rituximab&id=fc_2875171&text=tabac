--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,292 +1,2051 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="374" uniqueCount="215">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 mai 2023</t>
+  </si>
+  <si>
+    <t>22/05/2023 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442632/fr/commission-de-la-transparence-reunion-du-24-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3442632</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2023</t>
+  </si>
+  <si>
+    <t>13/04/2023 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427269/fr/commission-de-la-transparence-reunion-du-19-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3427269</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>85</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>99</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H18" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>104</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C20" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>109</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>110</v>
+      </c>
+      <c r="H20" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>112</v>
+      </c>
+      <c r="C21" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>114</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>115</v>
+      </c>
+      <c r="H21" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>117</v>
+      </c>
+      <c r="C22" t="s">
+        <v>118</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>119</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>120</v>
+      </c>
+      <c r="H22" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" t="s">
+        <v>123</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>124</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>125</v>
+      </c>
+      <c r="H23" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" t="s">
+        <v>128</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>129</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>130</v>
+      </c>
+      <c r="H24" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>132</v>
+      </c>
+      <c r="C25" t="s">
+        <v>133</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>134</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>135</v>
+      </c>
+      <c r="H25" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>137</v>
+      </c>
+      <c r="C26" t="s">
+        <v>138</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>139</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>140</v>
+      </c>
+      <c r="H26" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" t="s">
+        <v>143</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>109</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>144</v>
+      </c>
+      <c r="H27" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" t="s">
+        <v>147</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>148</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>149</v>
+      </c>
+      <c r="H28" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
+        <v>152</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>153</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>154</v>
+      </c>
+      <c r="H29" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" t="s">
+        <v>157</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>158</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>159</v>
+      </c>
+      <c r="H30" t="s">
+        <v>160</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D2" t="s">
+        <v>164</v>
+      </c>
+      <c r="E2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>166</v>
+      </c>
+      <c r="H2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C3" t="s">
+        <v>169</v>
+      </c>
+      <c r="D3" t="s">
+        <v>170</v>
+      </c>
+      <c r="E3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>172</v>
+      </c>
+      <c r="H3" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>161</v>
+      </c>
+      <c r="B4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>175</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>176</v>
+      </c>
+      <c r="H4" t="s">
+        <v>177</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B2" t="s">
+        <v>179</v>
+      </c>
+      <c r="C2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>183</v>
+      </c>
+      <c r="H2" t="s">
+        <v>184</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+      <c r="I2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
+      </c>
+      <c r="I3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>186</v>
+      </c>
+      <c r="B4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>197</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>198</v>
+      </c>
+      <c r="H4" t="s">
+        <v>199</v>
+      </c>
+      <c r="I4" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" t="s">
+        <v>200</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>201</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>202</v>
+      </c>
+      <c r="H5" t="s">
+        <v>203</v>
+      </c>
+      <c r="I5" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" t="s">
+        <v>204</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>205</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>206</v>
+      </c>
+      <c r="H6" t="s">
+        <v>207</v>
+      </c>
+      <c r="I6" t="s">
+        <v>191</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>208</v>
+      </c>
+      <c r="B2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C2" t="s">
+        <v>210</v>
+      </c>
+      <c r="D2" t="s">
+        <v>211</v>
+      </c>
+      <c r="E2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H2" t="s">
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>