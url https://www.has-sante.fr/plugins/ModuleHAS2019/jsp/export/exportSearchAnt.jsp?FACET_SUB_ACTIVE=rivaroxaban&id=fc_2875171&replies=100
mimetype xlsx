--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,3034 +1,804 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Web page" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="574" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>17/11/2021 14:42:56</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
+  </si>
+  <si>
+    <t>06/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/30/2021 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3298767/fr/quikclot</t>
-[...296 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
+  </si>
+  <si>
+    <t>p_3284524</t>
+  </si>
+  <si>
+    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
+  </si>
+  <si>
+    <t>This document focuses on aspects of the clinical assessment of efficacy for a new medical device or a new health technology that is made after the pre-clinical phase and feasibility studies.</t>
+  </si>
+  <si>
+    <t>06/08/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/28/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
+  </si>
+  <si>
+    <t>c_1696842</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Atrial fibrillation</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: atrial fibrillation (AF).</t>
+  </si>
+  <si>
+    <t>10/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/17/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
+  </si>
+  <si>
+    <t>c_568395</t>
+  </si>
+  <si>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Les anticoagulants oraux</t>
-[...425 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982992/fr/xarelto-rivaroxaban</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>XARELTO</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982992/en/xarelto</t>
   </si>
   <si>
     <t>pprd_2982992</t>
   </si>
   <si>
     <t>rivaroxaban</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_748418/fr/xarelto-rivaroxaban</t>
-[...59 lines deleted...]
-    <t>c_1695339</t>
+    <t>https://www.has-sante.fr/jcms/c_748418/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241652/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241674/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615053/en/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008295/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633894/en/xarelto-rivaroxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772419/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826828/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888447/en/xarelto-10-mg-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114491/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212998/en/xarelto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272782/en/xarelto-rivaroxaban-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287831/en/xarelto-1-mg/ml-rivaroxaban-evenements-thromboemboliques-veineux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375779/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381113/en/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>Web page</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
-    <t>06/03/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
+    <t>03/06/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
-  </si>
-[...58 lines deleted...]
-    <t>p_3113800</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
-[...80 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="E3" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>48</v>
-[...155 lines deleted...]
-        <v>78</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1140 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>248</v>
+        <v>35</v>
       </c>
       <c r="B2" t="s">
-        <v>249</v>
+        <v>36</v>
       </c>
       <c r="C2" t="s">
-        <v>250</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="E2" t="s">
-        <v>251</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>252</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>253</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Y2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>254</v>
+        <v>42</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="K1" t="s">
-        <v>255</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>256</v>
+        <v>45</v>
       </c>
       <c r="B2" t="s">
-        <v>257</v>
+        <v>46</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>258</v>
+        <v>47</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>259</v>
+        <v>48</v>
       </c>
       <c r="H2" t="s">
-        <v>260</v>
+        <v>49</v>
       </c>
       <c r="I2" t="s">
-        <v>261</v>
+        <v>50</v>
       </c>
       <c r="J2" t="s">
-        <v>262</v>
+        <v>51</v>
       </c>
       <c r="K2" t="s">
-        <v>263</v>
+        <v>52</v>
       </c>
       <c r="L2" t="s">
-        <v>264</v>
+        <v>53</v>
       </c>
       <c r="M2" t="s">
-        <v>265</v>
+        <v>54</v>
       </c>
       <c r="N2" t="s">
-        <v>266</v>
+        <v>55</v>
       </c>
       <c r="O2" t="s">
-        <v>267</v>
+        <v>56</v>
       </c>
       <c r="P2" t="s">
-        <v>268</v>
+        <v>57</v>
       </c>
       <c r="Q2" t="s">
-        <v>269</v>
+        <v>58</v>
       </c>
       <c r="R2" t="s">
-        <v>270</v>
+        <v>59</v>
       </c>
       <c r="S2" t="s">
-        <v>271</v>
+        <v>60</v>
       </c>
       <c r="T2" t="s">
-        <v>272</v>
+        <v>61</v>
       </c>
       <c r="U2" t="s">
-        <v>273</v>
+        <v>62</v>
       </c>
       <c r="V2" t="s">
-        <v>274</v>
+        <v>63</v>
       </c>
       <c r="W2" t="s">
-        <v>275</v>
+        <v>64</v>
       </c>
       <c r="X2" t="s">
-        <v>276</v>
+        <v>65</v>
       </c>
       <c r="Y2" t="s">
-        <v>277</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>278</v>
+        <v>67</v>
       </c>
       <c r="B2" t="s">
-        <v>279</v>
+        <v>68</v>
       </c>
       <c r="C2" t="s">
-        <v>280</v>
+        <v>69</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>281</v>
+        <v>70</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>282</v>
+        <v>71</v>
       </c>
       <c r="H2" t="s">
-        <v>283</v>
+        <v>72</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>278</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>284</v>
+        <v>73</v>
       </c>
       <c r="C3" t="s">
-        <v>285</v>
+        <v>74</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>286</v>
+        <v>70</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>287</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>288</v>
-[...129 lines deleted...]
-        <v>312</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>