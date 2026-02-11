--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -44,51 +44,51 @@
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
-    <t>07/06/2018 00:00:00</t>
+    <t>07/03/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>