--- v0 (2026-02-11)
+++ v1 (2026-02-11)
@@ -401,51 +401,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983274/fr/rivastigmine-biogaran-rivastigmine</t>
   </si>
   <si>
     <t>pprd_2983274</t>
   </si>
   <si>
     <t>rivastigmine</t>
   </si>
   <si>
     <t>BIOGARAN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2851380/fr/rivastigmine-biogaran-rivastigmine</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Maladie de Parkinson - Parcours de soins</t>
   </si>
   <si>
     <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
   </si>
   <si>
-    <t>18/09/2016 11:18:00</t>
+    <t>18/09/2019 11:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
   </si>
   <si>
     <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>