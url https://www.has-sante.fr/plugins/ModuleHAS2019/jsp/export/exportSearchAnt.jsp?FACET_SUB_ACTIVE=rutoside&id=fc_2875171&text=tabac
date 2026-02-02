--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -44,51 +44,51 @@
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
   </si>
   <si>
     <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
   </si>
   <si>
-    <t>01/06/2006 00:00:00</t>
+    <t>01/06/2016 10:57:00</t>
   </si>
   <si>
     <t>30/11/2006 09:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>