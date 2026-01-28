--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,134 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
   </si>
   <si>
     <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
   </si>
   <si>
     <t>06/11/2019 00:00:00</t>
   </si>
   <si>
     <t>14/11/2019 00:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
   </si>
   <si>
     <t>p_3118113</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
     <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
   </si>
   <si>
     <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
   </si>
   <si>
     <t>01/12/2002 00:00:00</t>
   </si>
   <si>
     <t>01/12/2002 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
   </si>
   <si>
     <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
   </si>
   <si>
     <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
   </si>
   <si>
     <t>01/06/2001 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
   </si>
   <si>
     <t>c_271954</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndromes myasthéniques congénitaux</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>25/03/2021 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
   </si>
   <si>
     <t>p_3244112</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -158,51 +173,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -218,119 +233,145 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>