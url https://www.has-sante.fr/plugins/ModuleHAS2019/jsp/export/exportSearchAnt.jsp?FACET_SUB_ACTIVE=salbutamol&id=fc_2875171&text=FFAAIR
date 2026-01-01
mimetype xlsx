--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -9,206 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>14/11/2019 00:01:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
-[...2 lines deleted...]
-    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>23/12/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3118481</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -224,119 +185,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...53 lines deleted...]
-        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>