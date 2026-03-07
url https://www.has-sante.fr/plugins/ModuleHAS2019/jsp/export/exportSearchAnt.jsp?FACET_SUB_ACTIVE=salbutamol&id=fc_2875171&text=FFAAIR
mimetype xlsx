--- v1 (2026-01-01)
+++ v2 (2026-03-07)
@@ -9,243 +9,378 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>01/28/2016 10:16:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/23/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
   </si>
   <si>
     <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Bronchiolite aiguë : la kinésithérapie respiratoire de désencombrement bronchique n’est plus recommandée</t>
+  </si>
+  <si>
+    <t>En cas de bronchiolite aiguë du nourrisson, la kinésithérapie respiratoire de désencombrement bronchique n’est plus recommandée. Les formes graves relèvent d’une hospitalisation systématique. Explications.</t>
+  </si>
+  <si>
+    <t>20/11/2019 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118481/fr/bronchiolite-aigue-la-kinesitherapie-respiratoire-de-desencombrement-bronchique-n-est-plus-recommandee</t>
+  </si>
+  <si>
+    <t>p_3118481</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>