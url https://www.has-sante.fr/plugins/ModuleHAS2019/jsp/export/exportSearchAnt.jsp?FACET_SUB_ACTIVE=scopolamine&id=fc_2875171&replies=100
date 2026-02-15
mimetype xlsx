--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,1281 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care of patients with amyotrophic lateral sclerosis (ALS) (23-24 November 2004)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+  </si>
+  <si>
+    <t>02/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2006 15:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/10/2025 13:48:00</t>
-[...266 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
   </si>
   <si>
     <t>c_409014</t>
-  </si>
-[...97 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2564413/fr/scopolamine-cooper-scopolamine-bromhydrate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...354 lines deleted...]
-        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...339 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>