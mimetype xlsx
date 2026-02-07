--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Études et Rapports" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -102,50 +102,65 @@
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
   </si>
   <si>
     <t>22/06/2017 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
   </si>
   <si>
     <t>c_2776017</t>
   </si>
   <si>
     <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
   </si>
   <si>
     <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Myosite à inclusions sporadique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
   </si>
   <si>
     <t>p_3295071</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
@@ -284,51 +299,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -418,410 +433,436 @@
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D2" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="H2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="I3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>