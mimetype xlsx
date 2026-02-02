--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="157">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -171,50 +171,65 @@
     <t>07/09/2021 15:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
   </si>
   <si>
     <t>p_3279083</t>
   </si>
   <si>
     <t>Guide parcours de soins maladie coronarienne stable</t>
   </si>
   <si>
     <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
   </si>
   <si>
     <t>21/09/2016 00:00:00</t>
   </si>
   <si>
     <t>06/10/2016 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
   </si>
   <si>
     <t>c_1761792</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
   <si>
     <t>09/12/2008 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
   </si>
   <si>
     <t>c_722917</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
   </si>
@@ -680,51 +695,51 @@
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -775,729 +790,755 @@
       </c>
       <c r="E3" t="s">
         <v>44</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>45</v>
       </c>
       <c r="H3" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
       <c r="C4" t="s">
         <v>48</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>49</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>50</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>51</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
         <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="H4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="E5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="H5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="I3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="E2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="D2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="E2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="H2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="J1" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="K1" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="H2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="I2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="J2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="K2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="L2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="M2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="N2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="O2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="P2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="Q2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="R2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B3" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I3" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="J3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="K3" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="L3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="M3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="N3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="O3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="P3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B4" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H4" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="I4" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J4" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="K4" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="L4" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="M4" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="N4" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="O4" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="B3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>