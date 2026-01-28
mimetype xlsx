--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -180,50 +180,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome MCAP. Il a été élaboré par le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est - Filière AnDDI-Rares, le Centre de référence Déficience Intellectuelle de Causes Rares - Filière DéfiScience, le Centre de compétence Maladies Vasculaires Rares - Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292712/fr/syndrome-mcap-megalencephaly-capillary-malformation-polymicrogyria</t>
   </si>
   <si>
     <t>p_3292712</t>
   </si>
   <si>
     <t>Syndromes hypertrophiques liés au gène PIK3CA (PROS) sans atteinte cérébrale - Les syndromes CLOVES et de Klippel-Trenaunay</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome CLOVES ou KTS. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/12/2020 15:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3226373/fr/syndromes-hypertrophiques-lies-au-gene-pik3ca-pros-sans-atteinte-cerebrale-les-syndromes-cloves-et-de-klippel-trenaunay</t>
   </si>
   <si>
     <t>p_3226373</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Hyperinsulinisme congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/10/2020 17:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
   </si>
   <si>
     <t>p_3198985</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -245,51 +260,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -537,43 +552,69 @@
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>57</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>59</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>60</v>
       </c>
       <c r="H11" t="s">
         <v>61</v>
       </c>
     </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12" t="s">
+        <v>66</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>