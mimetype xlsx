--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,95 +9,143 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/06/2024 10:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Syndrome MCAP (Megalencephaly-Capillary malformation-Polymicrogyria)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome MCAP. Il a été élaboré par le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est - Filière AnDDI-Rares, le Centre de référence Déficience Intellectuelle de Causes Rares - Filière DéfiScience, le Centre de compétence Maladies Vasculaires Rares - Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292712/fr/syndrome-mcap-megalencephaly-capillary-malformation-polymicrogyria</t>
+  </si>
+  <si>
+    <t>p_3292712</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +155,179 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>