--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,152 +1,287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>22/04/2022 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333108/fr/cnedimts-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333108</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +306,331 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" t="s">
+        <v>57</v>
+      </c>
+      <c r="I2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>