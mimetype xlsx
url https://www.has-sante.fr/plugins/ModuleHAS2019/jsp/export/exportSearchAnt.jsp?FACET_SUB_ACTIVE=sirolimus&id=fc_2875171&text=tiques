--- v0 (2025-11-26)
+++ v1 (2026-01-16)
@@ -107,111 +107,111 @@
   <si>
     <t>c_398629</t>
   </si>
   <si>
     <t>CORDIS S.A.S. (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
   </si>
   <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3601597</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
   </si>
   <si>
     <t>p_3578446</t>
   </si>
   <si>
     <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/08/2024 16:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
   </si>
   <si>
     <t>p_3536031</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des implants endovasculaires</t>
   </si>
   <si>
     <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
   </si>
   <si>
     <t>08/03/2016 00:00:00</t>
   </si>
   <si>
     <t>12/07/2016 14:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
   </si>
   <si>
     <t>c_2655535</t>
   </si>
 </sst>
 </file>
 
@@ -418,77 +418,77 @@
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>28</v>
       </c>
       <c r="H2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>32</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>33</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>39</v>
       </c>
       <c r="H4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">