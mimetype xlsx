--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -1,7279 +1,943 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4088" uniqueCount="2377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="274">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>28/09/2022 16:00:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
-[...1841 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Screening and diagnosis of gestational diabetes mellitus</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
+  </si>
+  <si>
+    <t>c_272475</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+  </si>
+  <si>
+    <t>c_459541</t>
+  </si>
+  <si>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+  </si>
+  <si>
+    <t>c_271859</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+  </si>
+  <si>
+    <t>c_272206</t>
+  </si>
+  <si>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+  </si>
+  <si>
+    <t>c_272207</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Acidémie Isovalérique</t>
-[...299 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Mastocytoses non-avancées chez l’adulte</t>
-[...2933 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305438/fr/endomicroscopie-confocale-par-aiguille-de-ponction-pour-la-caracterisation-des-tumeurs-kystiques-pancreatiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Needle-based confocal endomicroscopy for the characterisation of pancreatic cystic tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this review is to assess the benefit of adding confocal endomicroscopy to the diagnostic strategy in two different scenarios. Two assessment questions were thus selected during the definition phase: Question No. 1: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential before the result of the needle biopsy analysis Question No. 2: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential after the result of the cytological and biochemical analysis and tumour marker assay</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
   </si>
   <si>
     <t>p_3305438</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>07/09/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Évaluation des substituts osseux</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
+    <t>Reassessment of bone substitutes</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to propose an update of the terms and conditions for the reimbursement of bone substitutes listed in the LPPR.</t>
+  </si>
+  <si>
+    <t>05/28/2013 00:11:49</t>
+  </si>
+  <si>
+    <t>07/19/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
-[...38 lines deleted...]
-    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
+    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
-    <t>Évaluation des hémostatiques chirurgicaux</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_927017/fr/evaluation-des-traitements-des-plaies-par-pression-negative-tpn</t>
+    <t>Evaluation of Negative-Pressure Wound Therapy (NPWT)</t>
+  </si>
+  <si>
+    <t>* To evaluate the clinical data available * To define the clinical situations that could justify use of NPWT * To recommend conditions of use and prescription</t>
+  </si>
+  <si>
+    <t>01/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/27/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_927017/en/evaluation-of-negative-pressure-wound-therapy-npwt</t>
   </si>
   <si>
     <t>c_927017</t>
   </si>
   <si>
-    <t>Évaluation des pansements</t>
-[...131 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>30/04/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>04/30/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
   </si>
   <si>
     <t>FERROSTRANE (férédétate de sodium)</t>
   </si>
   <si>
-    <t>02/04/2025 17:56:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984943/fr/ferrostrane-feredetate-de-sodium</t>
+    <t>04/02/2025 17:56:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984943/en/ferrostrane-feredetate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984943</t>
   </si>
   <si>
     <t>férédétate de sodium</t>
   </si>
   <si>
     <t>TEOFARMA SRL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642421/fr/ferrostrane-edetate-de-fer-sodique</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3577033/fr/glycerophosphate-de-sodium-kabi-glycerophosphate-de-sodium-anhydre-solution-d-electrolytes</t>
+    <t>https://www.has-sante.fr/jcms/c_642421/en/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363125/en/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599704/en/ferrostrane-infants-sodium-feredetate-iron-deficiency-anaemia</t>
   </si>
   <si>
     <t>PHEBURANE (phénylbutyrate de sodium)</t>
   </si>
   <si>
-    <t>09/01/2025 09:27:51</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984832/fr/pheburane-phenylbutyrate-de-sodium</t>
+    <t>01/09/2025 09:27:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984832/en/pheburane-phenylbutyrate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984832</t>
   </si>
   <si>
     <t>phénylbutyrate de sodium</t>
   </si>
   <si>
     <t>LUCANE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1720968/fr/pheburane-phenylbutyrate-de-sodium</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529879/fr/depakine-micropakine-depakine-chrono-depakote-depamide-valproate-de-sodium-valproate-de-sodium/acide-valproique-divalproate-de-sodium-valpromide-epilepsie-et-troubles-bipolaires</t>
+    <t>https://www.has-sante.fr/jcms/c_1720968/en/pherubane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576423/en/pheburane-sodium-phenylbutyrate-urea-cycle-disorders</t>
   </si>
   <si>
     <t>HYDROCORTISONE (hydrocortisone/hydrocortisone hémisuccinate sel de sodium/succinate sodique d’hydrocortisone)</t>
   </si>
   <si>
-    <t>17/05/2024 09:21:42</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982851/fr/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
+    <t>05/17/2024 09:21:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982851/en/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
   </si>
   <si>
     <t>pprd_2982851</t>
   </si>
   <si>
     <t>hydrocortisone,hydrocortisone hémisuccinate sel de sodium,succinate sodique d’hydrocortisone</t>
   </si>
   <si>
     <t>BIOCODEX/ LEURQUIN MEDIOLANUM/ PANPHARMA/ SANOFI-AVENTIS FRANCE/ SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398962/fr/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
-[...191 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3166659/fr/maintelyte-glucose/-chlorure-de-sodium/-trihydrate-d-acetate-de-sodium/-chlorure</t>
+    <t>https://www.has-sante.fr/jcms/c_398962/en/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460058/en/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724544/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970615/en/hydrocortisone-upjohn-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670234/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023184/en/hydrocortisone-upjohn-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608656/en/hydrocortisone-biocodex-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796794/en/hydrocortisone-panpharma-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908463/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516789/en/hydrocortisone-pharmis-hydrocortisone-sodium-succinate-corticosteroid</t>
   </si>
   <si>
     <t>TECHNESCAN (pyrophosphate de sodium/ chlorure stanneux)</t>
   </si>
   <si>
-    <t>19/03/2020 16:56:36</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985496/fr/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
+    <t>03/19/2020 16:56:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985496/en/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
   </si>
   <si>
     <t>pprd_2985496</t>
   </si>
   <si>
     <t>pyrophosphate de sodium,chlorure stanneux</t>
   </si>
   <si>
     <t>MALLINCKRODT FRANCE / CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_460235/fr/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3147242/fr/oxybate-de-sodium-reig-jofre-oxybate-de-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_460235/en/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446706/en/technescan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164672/en/technescan-dtpa-acide-pentetique-acide-diethylenetriamine-pentaacetique</t>
   </si>
   <si>
     <t>COLOBREATHE (colistiméthate de sodium)</t>
   </si>
   <si>
-    <t>09/12/2019 09:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984804/fr/colobreathe-colistimethate-de-sodium</t>
+    <t>12/09/2019 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984804/en/colobreathe-colistimethate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984804</t>
   </si>
   <si>
     <t>colistiméthate de sodium</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1638060/fr/colobreathe-colistine-polymyxine-par-voie-inhalee</t>
-[...251 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+    <t>https://www.has-sante.fr/jcms/c_1638060/en/colobreathe-colistine-polymyxine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730050/en/colobreathe-colistimethate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123997/en/colobreathe-colistimethate-de-sodium</t>
   </si>
   <si>
     <t>JUNIMIN (gluconate de manganèse/ gluconate de cuivre/ gluconate de zinc/ séléni...)</t>
   </si>
   <si>
-    <t>18/10/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983543/fr/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
+    <t>10/18/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983543/en/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
   </si>
   <si>
     <t>pprd_2983543</t>
   </si>
   <si>
     <t>gluconate de manganèse,gluconate de cuivre,gluconate de zinc,sélénite de sodium,iodure de potassium</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788653/fr/junimin-cuivre-iode-manganese-selenium-zinc-oligo-elements</t>
-[...203 lines deleted...]
-    <t>sodium (alendronate de)</t>
+    <t>https://www.has-sante.fr/jcms/c_2788653/en/junimin-copper-iodine-manganese-selenium-zinc-trace-elements</t>
+  </si>
+  <si>
+    <t>HYALGAN (hyaluronate de sodium)</t>
+  </si>
+  <si>
+    <t>12/10/2014 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984644/en/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984644</t>
+  </si>
+  <si>
+    <t>hyaluronate de sodium</t>
   </si>
   <si>
     <t>EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2034346/fr/steovess-sodium-alendronate-de</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1782511/fr/hyalgan-hyaluronate-de-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_400123/en/hyalgan-20-mg/2-ml-solution-injectable-par-voie-intra-articulaire-en-seringue-pre-remplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954778/en/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782511/en/hyalgan</t>
   </si>
   <si>
     <t>ISOVOL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
   </si>
   <si>
-    <t>24/02/2015 09:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984651/fr/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+    <t>02/24/2015 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984651/en/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
   </si>
   <si>
     <t>pprd_2984651</t>
   </si>
   <si>
     <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,sodium (acétate de) trihydraté,malique (acide),hydroxyéthylamidon 130 000</t>
   </si>
   <si>
     <t>B BRAUN MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1777265/fr/isovol-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400993/fr/tracitrans-solution-a-diluer-pour-perfusion-10-ampoules-en-verre-de-10-ml-cip-354-016-8</t>
+    <t>https://www.has-sante.fr/jcms/c_1777265/en/isovol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
   </si>
   <si>
     <t>IASOflu (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>09/03/2011 10:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985199/fr/iasoflu-fluorure-18f-de-sodium</t>
+    <t>03/09/2011 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985199/en/iasoflu-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985199</t>
   </si>
   <si>
     <t>fluorure (18F) de sodium</t>
   </si>
   <si>
     <t>Laboratoire IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036283/fr/iasoflu-fluorure-18f-de-sodium</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_991890/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+    <t>https://www.has-sante.fr/jcms/c_1036283/en/iasoflu</t>
   </si>
   <si>
     <t>CISNAF (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>04/06/2012 17:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985253/fr/cisnaf-fluorure-18f-de-sodium</t>
+    <t>06/04/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985253/en/cisnaf-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985253</t>
   </si>
   <si>
     <t>Laboratoire CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_990894/fr/cisnaf-fluorure-18f-de-sodium</t>
-[...419 lines deleted...]
-    <t>r_1505659</t>
+    <t>https://www.has-sante.fr/jcms/c_990894/en/cisnaf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7313,13295 +977,1327 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="4">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>68</v>
+      </c>
+      <c r="H9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>73</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>89</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>90</v>
+      </c>
+      <c r="H13" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>93</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1684</v>
+        <v>98</v>
       </c>
       <c r="B2" t="s">
-        <v>1685</v>
+        <v>99</v>
       </c>
       <c r="C2" t="s">
-        <v>1686</v>
+        <v>100</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="E2" t="s">
-        <v>1687</v>
+        <v>102</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1688</v>
+        <v>103</v>
       </c>
       <c r="H2" t="s">
-        <v>1689</v>
+        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1684</v>
+        <v>98</v>
       </c>
       <c r="B3" t="s">
-        <v>1690</v>
+        <v>105</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1691</v>
+        <v>107</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1692</v>
+        <v>108</v>
       </c>
       <c r="H3" t="s">
-        <v>1693</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>1695</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
-        <v>1696</v>
+        <v>112</v>
       </c>
       <c r="D2" t="s">
-        <v>1697</v>
+        <v>113</v>
       </c>
       <c r="E2" t="s">
-        <v>1698</v>
+        <v>114</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1699</v>
+        <v>115</v>
       </c>
       <c r="H2" t="s">
-        <v>1700</v>
+        <v>116</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B3" t="s">
-        <v>1701</v>
+        <v>117</v>
       </c>
       <c r="C3" t="s">
-        <v>1702</v>
+        <v>118</v>
       </c>
       <c r="D3" t="s">
-        <v>1703</v>
+        <v>119</v>
       </c>
       <c r="E3" t="s">
-        <v>1704</v>
+        <v>120</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1705</v>
+        <v>121</v>
       </c>
       <c r="H3" t="s">
-        <v>1706</v>
+        <v>122</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B4" t="s">
-        <v>1707</v>
+        <v>123</v>
       </c>
       <c r="C4" t="s">
-        <v>1708</v>
+        <v>124</v>
       </c>
       <c r="D4" t="s">
-        <v>1477</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>1709</v>
+        <v>125</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1710</v>
+        <v>126</v>
       </c>
       <c r="H4" t="s">
-        <v>1711</v>
+        <v>127</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B5" t="s">
-        <v>1712</v>
+        <v>128</v>
       </c>
       <c r="C5" t="s">
-        <v>1713</v>
+        <v>129</v>
       </c>
       <c r="D5" t="s">
-        <v>1714</v>
+        <v>130</v>
       </c>
       <c r="E5" t="s">
-        <v>1715</v>
+        <v>131</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1716</v>
+        <v>132</v>
       </c>
       <c r="H5" t="s">
-        <v>1717</v>
+        <v>133</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B6" t="s">
-        <v>1718</v>
+        <v>134</v>
       </c>
       <c r="C6" t="s">
-        <v>1719</v>
+        <v>135</v>
       </c>
       <c r="D6" t="s">
-        <v>1506</v>
+        <v>136</v>
       </c>
       <c r="E6" t="s">
-        <v>1720</v>
+        <v>137</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1721</v>
+        <v>138</v>
       </c>
       <c r="H6" t="s">
-        <v>1722</v>
+        <v>139</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B7" t="s">
-        <v>1723</v>
+        <v>140</v>
       </c>
       <c r="C7" t="s">
-        <v>1724</v>
+        <v>141</v>
       </c>
       <c r="D7" t="s">
-        <v>1725</v>
+        <v>142</v>
       </c>
       <c r="E7" t="s">
-        <v>1726</v>
+        <v>143</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1727</v>
+        <v>144</v>
       </c>
       <c r="H7" t="s">
-        <v>1728</v>
+        <v>145</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B8" t="s">
-        <v>1729</v>
+        <v>146</v>
       </c>
       <c r="C8" t="s">
-        <v>1730</v>
+        <v>147</v>
       </c>
       <c r="D8" t="s">
-        <v>1512</v>
+        <v>148</v>
       </c>
       <c r="E8" t="s">
-        <v>1731</v>
+        <v>149</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1732</v>
+        <v>150</v>
       </c>
       <c r="H8" t="s">
-        <v>1733</v>
+        <v>151</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B9" t="s">
-        <v>1734</v>
+        <v>152</v>
       </c>
       <c r="C9" t="s">
-        <v>1735</v>
+        <v>153</v>
       </c>
       <c r="D9" t="s">
-        <v>1736</v>
+        <v>154</v>
       </c>
       <c r="E9" t="s">
-        <v>1737</v>
+        <v>155</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1738</v>
+        <v>156</v>
       </c>
       <c r="H9" t="s">
-        <v>1739</v>
+        <v>157</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B10" t="s">
-        <v>1740</v>
+        <v>158</v>
       </c>
       <c r="C10" t="s">
-        <v>1741</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
-        <v>1742</v>
+        <v>160</v>
       </c>
       <c r="E10" t="s">
-        <v>1743</v>
+        <v>161</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1744</v>
+        <v>162</v>
       </c>
       <c r="H10" t="s">
-        <v>1745</v>
+        <v>163</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B11" t="s">
-        <v>1746</v>
+        <v>164</v>
       </c>
       <c r="C11" t="s">
-        <v>1747</v>
+        <v>165</v>
       </c>
       <c r="D11" t="s">
-        <v>288</v>
+        <v>166</v>
       </c>
       <c r="E11" t="s">
-        <v>1748</v>
+        <v>167</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1749</v>
+        <v>168</v>
       </c>
       <c r="H11" t="s">
-        <v>1750</v>
+        <v>169</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1694</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>1751</v>
+        <v>170</v>
       </c>
       <c r="C12" t="s">
-        <v>1752</v>
+        <v>171</v>
       </c>
       <c r="D12" t="s">
-        <v>1753</v>
+        <v>172</v>
       </c>
       <c r="E12" t="s">
-        <v>1754</v>
+        <v>173</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1755</v>
+        <v>174</v>
       </c>
       <c r="H12" t="s">
-        <v>1756</v>
-[...311 lines deleted...]
-        <v>1826</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:T12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>176</v>
+      </c>
+      <c r="J1" t="s">
+        <v>177</v>
+      </c>
+      <c r="K1" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1827</v>
+        <v>179</v>
       </c>
       <c r="B2" t="s">
-        <v>1828</v>
+        <v>180</v>
       </c>
       <c r="C2" t="s">
-        <v>1829</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>1830</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1698</v>
+        <v>181</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1831</v>
+        <v>182</v>
       </c>
       <c r="H2" t="s">
-        <v>1832</v>
+        <v>183</v>
+      </c>
+      <c r="I2" t="s">
+        <v>184</v>
+      </c>
+      <c r="J2" t="s">
+        <v>185</v>
+      </c>
+      <c r="K2" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1827</v>
+        <v>179</v>
       </c>
       <c r="B3" t="s">
-        <v>1833</v>
+        <v>187</v>
       </c>
       <c r="C3" t="s">
-        <v>1834</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>1835</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1836</v>
+        <v>188</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1837</v>
+        <v>189</v>
       </c>
       <c r="H3" t="s">
-        <v>1838</v>
+        <v>190</v>
+      </c>
+      <c r="I3" t="s">
+        <v>191</v>
+      </c>
+      <c r="J3" t="s">
+        <v>192</v>
+      </c>
+      <c r="K3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M3" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1827</v>
+        <v>179</v>
       </c>
       <c r="B4" t="s">
-        <v>1839</v>
+        <v>196</v>
       </c>
       <c r="C4" t="s">
-        <v>1840</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>1841</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1842</v>
+        <v>197</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1843</v>
+        <v>198</v>
       </c>
       <c r="H4" t="s">
-        <v>1844</v>
+        <v>199</v>
+      </c>
+      <c r="I4" t="s">
+        <v>200</v>
+      </c>
+      <c r="J4" t="s">
+        <v>201</v>
+      </c>
+      <c r="K4" t="s">
+        <v>202</v>
+      </c>
+      <c r="L4" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1827</v>
+        <v>179</v>
       </c>
       <c r="B5" t="s">
-        <v>1845</v>
+        <v>204</v>
       </c>
       <c r="C5" t="s">
-        <v>1846</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>1847</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1848</v>
+        <v>205</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1849</v>
+        <v>206</v>
       </c>
       <c r="H5" t="s">
-        <v>1850</v>
+        <v>207</v>
+      </c>
+      <c r="I5" t="s">
+        <v>208</v>
+      </c>
+      <c r="J5" t="s">
+        <v>209</v>
+      </c>
+      <c r="K5" t="s">
+        <v>210</v>
+      </c>
+      <c r="L5" t="s">
+        <v>211</v>
+      </c>
+      <c r="M5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N5" t="s">
+        <v>213</v>
+      </c>
+      <c r="O5" t="s">
+        <v>214</v>
+      </c>
+      <c r="P5" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>216</v>
+      </c>
+      <c r="R5" t="s">
+        <v>217</v>
+      </c>
+      <c r="S5" t="s">
+        <v>218</v>
+      </c>
+      <c r="T5" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1827</v>
+        <v>179</v>
       </c>
       <c r="B6" t="s">
-        <v>1851</v>
+        <v>220</v>
       </c>
       <c r="C6" t="s">
-        <v>1852</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>1853</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1854</v>
+        <v>221</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1855</v>
+        <v>222</v>
       </c>
       <c r="H6" t="s">
-        <v>1856</v>
-[...223 lines deleted...]
-        <v>1894</v>
+        <v>223</v>
       </c>
       <c r="I6" t="s">
-        <v>1895</v>
+        <v>224</v>
       </c>
       <c r="J6" t="s">
-        <v>1896</v>
+        <v>225</v>
       </c>
       <c r="K6" t="s">
-        <v>1897</v>
+        <v>226</v>
       </c>
       <c r="L6" t="s">
-        <v>1898</v>
+        <v>227</v>
       </c>
       <c r="M6" t="s">
-        <v>1899</v>
-[...5 lines deleted...]
-        <v>1901</v>
+        <v>228</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1859</v>
+        <v>179</v>
       </c>
       <c r="B7" t="s">
-        <v>1902</v>
+        <v>229</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1903</v>
+        <v>230</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1904</v>
+        <v>231</v>
       </c>
       <c r="H7" t="s">
-        <v>1905</v>
+        <v>232</v>
       </c>
       <c r="I7" t="s">
-        <v>1906</v>
+        <v>233</v>
       </c>
       <c r="J7" t="s">
-        <v>1907</v>
+        <v>234</v>
       </c>
       <c r="K7" t="s">
-        <v>1908</v>
+        <v>235</v>
       </c>
       <c r="L7" t="s">
-        <v>1909</v>
+        <v>236</v>
       </c>
       <c r="M7" t="s">
-        <v>1910</v>
-[...20 lines deleted...]
-        <v>1917</v>
+        <v>237</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1859</v>
+        <v>179</v>
       </c>
       <c r="B8" t="s">
-        <v>1918</v>
+        <v>238</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1919</v>
+        <v>239</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1920</v>
+        <v>240</v>
       </c>
       <c r="H8" t="s">
-        <v>1921</v>
+        <v>241</v>
       </c>
       <c r="I8" t="s">
-        <v>1922</v>
+        <v>242</v>
       </c>
       <c r="J8" t="s">
-        <v>1923</v>
+        <v>243</v>
       </c>
       <c r="K8" t="s">
-        <v>1924</v>
+        <v>244</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1859</v>
+        <v>179</v>
       </c>
       <c r="B9" t="s">
-        <v>1925</v>
+        <v>245</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1926</v>
+        <v>246</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1927</v>
+        <v>247</v>
       </c>
       <c r="H9" t="s">
-        <v>1928</v>
+        <v>248</v>
       </c>
       <c r="I9" t="s">
-        <v>1929</v>
+        <v>249</v>
       </c>
       <c r="J9" t="s">
-        <v>1930</v>
+        <v>250</v>
       </c>
       <c r="K9" t="s">
-        <v>1931</v>
+        <v>251</v>
+      </c>
+      <c r="L9" t="s">
+        <v>252</v>
+      </c>
+      <c r="M9" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1859</v>
+        <v>179</v>
       </c>
       <c r="B10" t="s">
-        <v>1932</v>
+        <v>254</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1933</v>
+        <v>255</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1934</v>
+        <v>256</v>
       </c>
       <c r="H10" t="s">
-        <v>1935</v>
+        <v>257</v>
       </c>
       <c r="I10" t="s">
-        <v>1936</v>
+        <v>258</v>
       </c>
       <c r="J10" t="s">
-        <v>1937</v>
+        <v>259</v>
       </c>
       <c r="K10" t="s">
-        <v>1938</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1859</v>
+        <v>179</v>
       </c>
       <c r="B11" t="s">
-        <v>1939</v>
+        <v>261</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1940</v>
+        <v>262</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1941</v>
+        <v>263</v>
       </c>
       <c r="H11" t="s">
-        <v>1942</v>
+        <v>264</v>
       </c>
       <c r="I11" t="s">
-        <v>1943</v>
+        <v>265</v>
       </c>
       <c r="J11" t="s">
-        <v>1944</v>
+        <v>266</v>
       </c>
       <c r="K11" t="s">
-        <v>1945</v>
-[...11 lines deleted...]
-        <v>1949</v>
+        <v>267</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1859</v>
+        <v>179</v>
       </c>
       <c r="B12" t="s">
-        <v>1950</v>
+        <v>268</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1951</v>
+        <v>269</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1952</v>
+        <v>270</v>
       </c>
       <c r="H12" t="s">
-        <v>1953</v>
+        <v>271</v>
       </c>
       <c r="I12" t="s">
-        <v>1954</v>
+        <v>265</v>
       </c>
       <c r="J12" t="s">
-        <v>1955</v>
+        <v>272</v>
       </c>
       <c r="K12" t="s">
-        <v>1956</v>
-[...2008 lines deleted...]
-        <v>2355</v>
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...9821 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>