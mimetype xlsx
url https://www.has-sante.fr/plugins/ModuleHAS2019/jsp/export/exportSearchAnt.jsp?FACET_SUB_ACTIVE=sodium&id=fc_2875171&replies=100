--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,19522 +1,2303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3880" uniqueCount="2252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="274">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>ODM 5</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>09/04/2024 00:00:00</t>
-[...1673 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272475/fr/rapport-de-synthese-sur-le-depistage-et-le-diagnostic-du-diabete-gestationnel</t>
+    <t>Screening and diagnosis of gestational diabetes mellitus</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
   </si>
   <si>
     <t>c_272475</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
-[...236 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Suivi post-professionnel après exposition à l'amiante</t>
-[...53 lines deleted...]
-    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>02/01/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Acidémie Isovalérique</t>
-[...251 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Mastocytoses non-avancées chez l’adulte</t>
-[...719 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305438/fr/endomicroscopie-confocale-par-aiguille-de-ponction-pour-la-caracterisation-des-tumeurs-kystiques-pancreatiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Needle-based confocal endomicroscopy for the characterisation of pancreatic cystic tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this review is to assess the benefit of adding confocal endomicroscopy to the diagnostic strategy in two different scenarios. Two assessment questions were thus selected during the definition phase: Question No. 1: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential before the result of the needle biopsy analysis Question No. 2: What is the diagnostic added value of needle-based confocal endomicroscopy for the characterisation of pancreatic cystic lesions (diameter ≥ 2 cm) of undetermined malignant potential after the result of the cytological and biochemical analysis and tumour marker assay</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
   </si>
   <si>
     <t>p_3305438</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>07/09/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Évaluation des substituts osseux</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
+    <t>Reassessment of bone substitutes</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to propose an update of the terms and conditions for the reimbursement of bone substitutes listed in the LPPR.</t>
+  </si>
+  <si>
+    <t>05/28/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
-[...38 lines deleted...]
-    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
+    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
-    <t>Évaluation des hémostatiques chirurgicaux</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_927017/fr/evaluation-des-traitements-des-plaies-par-pression-negative-tpn</t>
+    <t>Evaluation of Negative-Pressure Wound Therapy (NPWT)</t>
+  </si>
+  <si>
+    <t>* To evaluate the clinical data available * To define the clinical situations that could justify use of NPWT * To recommend conditions of use and prescription</t>
+  </si>
+  <si>
+    <t>01/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/27/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_927017/en/evaluation-of-negative-pressure-wound-therapy-npwt</t>
   </si>
   <si>
     <t>c_927017</t>
   </si>
   <si>
-    <t>Évaluation des pansements</t>
-[...1154 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>30/04/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>04/30/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
   </si>
   <si>
     <t>FERROSTRANE (férédétate de sodium)</t>
   </si>
   <si>
-    <t>02/04/2025 17:56:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984943/fr/ferrostrane-feredetate-de-sodium</t>
+    <t>04/02/2025 17:56:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984943/en/ferrostrane-feredetate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984943</t>
   </si>
   <si>
     <t>férédétate de sodium</t>
   </si>
   <si>
     <t>TEOFARMA SRL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642421/fr/ferrostrane-edetate-de-fer-sodique</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3577033/fr/glycerophosphate-de-sodium-kabi-glycerophosphate-de-sodium-anhydre-solution-d-electrolytes</t>
+    <t>https://www.has-sante.fr/jcms/c_642421/en/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363125/en/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599704/en/ferrostrane-infants-sodium-feredetate-iron-deficiency-anaemia</t>
   </si>
   <si>
     <t>PHEBURANE (phénylbutyrate de sodium)</t>
   </si>
   <si>
-    <t>09/01/2025 09:27:51</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984832/fr/pheburane-phenylbutyrate-de-sodium</t>
+    <t>01/09/2025 09:27:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984832/en/pheburane-phenylbutyrate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984832</t>
   </si>
   <si>
     <t>phénylbutyrate de sodium</t>
   </si>
   <si>
     <t>LUCANE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1720968/fr/pheburane-phenylbutyrate-de-sodium</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529879/fr/depakine-micropakine-depakine-chrono-depakote-depamide-valproate-de-sodium-valproate-de-sodium/acide-valproique-divalproate-de-sodium-valpromide-epilepsie-et-troubles-bipolaires</t>
+    <t>https://www.has-sante.fr/jcms/c_1720968/en/pherubane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576423/en/pheburane-sodium-phenylbutyrate-urea-cycle-disorders</t>
   </si>
   <si>
     <t>HYDROCORTISONE (hydrocortisone/hydrocortisone hémisuccinate sel de sodium/succinate sodique d’hydrocortisone)</t>
   </si>
   <si>
-    <t>17/05/2024 09:21:42</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982851/fr/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
+    <t>05/17/2024 09:21:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982851/en/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
   </si>
   <si>
     <t>pprd_2982851</t>
   </si>
   <si>
     <t>hydrocortisone,hydrocortisone hémisuccinate sel de sodium,succinate sodique d’hydrocortisone</t>
   </si>
   <si>
     <t>BIOCODEX/ LEURQUIN MEDIOLANUM/ PANPHARMA/ SANOFI-AVENTIS FRANCE/ SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398962/fr/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
-[...191 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3166659/fr/maintelyte-glucose/-chlorure-de-sodium/-trihydrate-d-acetate-de-sodium/-chlorure</t>
+    <t>https://www.has-sante.fr/jcms/c_398962/en/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460058/en/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724544/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970615/en/hydrocortisone-upjohn-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670234/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023184/en/hydrocortisone-upjohn-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608656/en/hydrocortisone-biocodex-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796794/en/hydrocortisone-panpharma-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908463/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516789/en/hydrocortisone-pharmis-hydrocortisone-sodium-succinate-corticosteroid</t>
   </si>
   <si>
     <t>TECHNESCAN (pyrophosphate de sodium/ chlorure stanneux)</t>
   </si>
   <si>
-    <t>19/03/2020 16:56:36</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985496/fr/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
+    <t>03/19/2020 16:56:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985496/en/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
   </si>
   <si>
     <t>pprd_2985496</t>
   </si>
   <si>
     <t>pyrophosphate de sodium,chlorure stanneux</t>
   </si>
   <si>
     <t>MALLINCKRODT FRANCE / CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_460235/fr/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3147242/fr/oxybate-de-sodium-reig-jofre-oxybate-de-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_460235/en/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446706/en/technescan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164672/en/technescan-dtpa-acide-pentetique-acide-diethylenetriamine-pentaacetique</t>
   </si>
   <si>
     <t>COLOBREATHE (colistiméthate de sodium)</t>
   </si>
   <si>
-    <t>09/12/2019 09:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984804/fr/colobreathe-colistimethate-de-sodium</t>
+    <t>12/09/2019 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984804/en/colobreathe-colistimethate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984804</t>
   </si>
   <si>
     <t>colistiméthate de sodium</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1638060/fr/colobreathe-colistine-polymyxine-par-voie-inhalee</t>
-[...251 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+    <t>https://www.has-sante.fr/jcms/c_1638060/en/colobreathe-colistine-polymyxine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730050/en/colobreathe-colistimethate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123997/en/colobreathe-colistimethate-de-sodium</t>
   </si>
   <si>
     <t>JUNIMIN (gluconate de manganèse/ gluconate de cuivre/ gluconate de zinc/ séléni...)</t>
   </si>
   <si>
-    <t>18/10/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983543/fr/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
+    <t>10/18/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983543/en/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
   </si>
   <si>
     <t>pprd_2983543</t>
   </si>
   <si>
     <t>gluconate de manganèse,gluconate de cuivre,gluconate de zinc,sélénite de sodium,iodure de potassium</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788653/fr/junimin-cuivre-iode-manganese-selenium-zinc-oligo-elements</t>
-[...203 lines deleted...]
-    <t>sodium (alendronate de)</t>
+    <t>https://www.has-sante.fr/jcms/c_2788653/en/junimin-copper-iodine-manganese-selenium-zinc-trace-elements</t>
+  </si>
+  <si>
+    <t>HYALGAN (hyaluronate de sodium)</t>
+  </si>
+  <si>
+    <t>12/10/2014 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984644/en/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984644</t>
+  </si>
+  <si>
+    <t>hyaluronate de sodium</t>
   </si>
   <si>
     <t>EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2034346/fr/steovess-sodium-alendronate-de</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1782511/fr/hyalgan-hyaluronate-de-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_400123/en/hyalgan-20-mg/2-ml-solution-injectable-par-voie-intra-articulaire-en-seringue-pre-remplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954778/en/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782511/en/hyalgan</t>
   </si>
   <si>
     <t>ISOVOL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
   </si>
   <si>
-    <t>24/02/2015 09:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984651/fr/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+    <t>02/24/2015 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984651/en/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
   </si>
   <si>
     <t>pprd_2984651</t>
   </si>
   <si>
     <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,sodium (acétate de) trihydraté,malique (acide),hydroxyéthylamidon 130 000</t>
   </si>
   <si>
     <t>B BRAUN MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1777265/fr/isovol-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400993/fr/tracitrans-solution-a-diluer-pour-perfusion-10-ampoules-en-verre-de-10-ml-cip-354-016-8</t>
+    <t>https://www.has-sante.fr/jcms/c_1777265/en/isovol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
   </si>
   <si>
     <t>IASOflu (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>09/03/2011 10:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985199/fr/iasoflu-fluorure-18f-de-sodium</t>
+    <t>03/09/2011 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985199/en/iasoflu-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985199</t>
   </si>
   <si>
     <t>fluorure (18F) de sodium</t>
   </si>
   <si>
     <t>Laboratoire IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036283/fr/iasoflu-fluorure-18f-de-sodium</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_991890/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+    <t>https://www.has-sante.fr/jcms/c_1036283/en/iasoflu</t>
   </si>
   <si>
     <t>CISNAF (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>04/06/2012 17:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985253/fr/cisnaf-fluorure-18f-de-sodium</t>
+    <t>06/04/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985253/en/cisnaf-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985253</t>
   </si>
   <si>
     <t>Laboratoire CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_990894/fr/cisnaf-fluorure-18f-de-sodium</t>
-[...419 lines deleted...]
-    <t>r_1505659</t>
+    <t>https://www.has-sante.fr/jcms/c_990894/en/cisnaf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J103"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...3213 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>68</v>
+      </c>
+      <c r="H9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>73</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>78</v>
+      </c>
+      <c r="H11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>89</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>90</v>
+      </c>
+      <c r="H13" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>93</v>
+      </c>
+      <c r="D14" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>96</v>
+      </c>
+      <c r="H14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1722</v>
+        <v>98</v>
       </c>
       <c r="B2" t="s">
-        <v>1723</v>
+        <v>99</v>
       </c>
       <c r="C2" t="s">
-        <v>1724</v>
+        <v>100</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="E2" t="s">
-        <v>1725</v>
+        <v>102</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1726</v>
+        <v>103</v>
       </c>
       <c r="H2" t="s">
-        <v>1727</v>
+        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1722</v>
+        <v>98</v>
       </c>
       <c r="B3" t="s">
-        <v>1728</v>
+        <v>105</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>106</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1729</v>
+        <v>107</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1730</v>
+        <v>108</v>
       </c>
       <c r="H3" t="s">
-        <v>1731</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T64"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>1735</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>113</v>
       </c>
       <c r="E2" t="s">
-        <v>1736</v>
+        <v>114</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1737</v>
+        <v>115</v>
       </c>
       <c r="H2" t="s">
-        <v>1738</v>
-[...8 lines deleted...]
-        <v>1741</v>
+        <v>116</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B3" t="s">
-        <v>1742</v>
+        <v>117</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>118</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>119</v>
       </c>
       <c r="E3" t="s">
-        <v>1743</v>
+        <v>120</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1744</v>
+        <v>121</v>
       </c>
       <c r="H3" t="s">
-        <v>1745</v>
-[...14 lines deleted...]
-        <v>1750</v>
+        <v>122</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B4" t="s">
-        <v>1751</v>
+        <v>123</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>124</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>1752</v>
+        <v>125</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1753</v>
+        <v>126</v>
       </c>
       <c r="H4" t="s">
-        <v>1754</v>
-[...8 lines deleted...]
-        <v>1757</v>
+        <v>127</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B5" t="s">
-        <v>1758</v>
+        <v>128</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>129</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="E5" t="s">
-        <v>1759</v>
+        <v>131</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1760</v>
+        <v>132</v>
       </c>
       <c r="H5" t="s">
-        <v>1761</v>
-[...11 lines deleted...]
-        <v>1765</v>
+        <v>133</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B6" t="s">
-        <v>1766</v>
+        <v>134</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>135</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>136</v>
       </c>
       <c r="E6" t="s">
-        <v>1767</v>
+        <v>137</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1768</v>
+        <v>138</v>
       </c>
       <c r="H6" t="s">
-        <v>1769</v>
-[...20 lines deleted...]
-        <v>1776</v>
+        <v>139</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B7" t="s">
-        <v>1777</v>
+        <v>140</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>141</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>142</v>
       </c>
       <c r="E7" t="s">
-        <v>1778</v>
+        <v>143</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1779</v>
+        <v>144</v>
       </c>
       <c r="H7" t="s">
-        <v>1780</v>
-[...35 lines deleted...]
-        <v>1792</v>
+        <v>145</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B8" t="s">
-        <v>1793</v>
+        <v>146</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>147</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>148</v>
       </c>
       <c r="E8" t="s">
-        <v>1794</v>
+        <v>149</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1795</v>
+        <v>150</v>
       </c>
       <c r="H8" t="s">
-        <v>1796</v>
-[...8 lines deleted...]
-        <v>1799</v>
+        <v>151</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B9" t="s">
-        <v>1800</v>
+        <v>152</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>153</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>154</v>
       </c>
       <c r="E9" t="s">
-        <v>1801</v>
+        <v>155</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1802</v>
+        <v>156</v>
       </c>
       <c r="H9" t="s">
-        <v>1803</v>
-[...8 lines deleted...]
-        <v>1806</v>
+        <v>157</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B10" t="s">
-        <v>1807</v>
+        <v>158</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>159</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>160</v>
       </c>
       <c r="E10" t="s">
-        <v>1808</v>
+        <v>161</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1809</v>
+        <v>162</v>
       </c>
       <c r="H10" t="s">
-        <v>1810</v>
-[...8 lines deleted...]
-        <v>1813</v>
+        <v>163</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B11" t="s">
-        <v>1814</v>
+        <v>164</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>165</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>166</v>
       </c>
       <c r="E11" t="s">
-        <v>1815</v>
+        <v>167</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1816</v>
+        <v>168</v>
       </c>
       <c r="H11" t="s">
-        <v>1817</v>
-[...20 lines deleted...]
-        <v>1824</v>
+        <v>169</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1734</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>1825</v>
+        <v>170</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>171</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>172</v>
       </c>
       <c r="E12" t="s">
-        <v>1826</v>
+        <v>173</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1827</v>
+        <v>174</v>
       </c>
       <c r="H12" t="s">
-        <v>1828</v>
-[...2017 lines deleted...]
-        <v>2230</v>
+        <v>175</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:T12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>176</v>
+      </c>
+      <c r="J1" t="s">
+        <v>177</v>
+      </c>
+      <c r="K1" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2231</v>
+        <v>179</v>
       </c>
       <c r="B2" t="s">
-        <v>2232</v>
+        <v>180</v>
       </c>
       <c r="C2" t="s">
-        <v>2233</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2234</v>
+        <v>181</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2235</v>
+        <v>182</v>
       </c>
       <c r="H2" t="s">
-        <v>2236</v>
+        <v>183</v>
+      </c>
+      <c r="I2" t="s">
+        <v>184</v>
+      </c>
+      <c r="J2" t="s">
+        <v>185</v>
+      </c>
+      <c r="K2" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2231</v>
+        <v>179</v>
       </c>
       <c r="B3" t="s">
-        <v>2237</v>
+        <v>187</v>
       </c>
       <c r="C3" t="s">
-        <v>2238</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2239</v>
+        <v>188</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2240</v>
+        <v>189</v>
       </c>
       <c r="H3" t="s">
-        <v>2241</v>
+        <v>190</v>
+      </c>
+      <c r="I3" t="s">
+        <v>191</v>
+      </c>
+      <c r="J3" t="s">
+        <v>192</v>
+      </c>
+      <c r="K3" t="s">
+        <v>193</v>
+      </c>
+      <c r="L3" t="s">
+        <v>194</v>
+      </c>
+      <c r="M3" t="s">
+        <v>195</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2231</v>
+        <v>179</v>
       </c>
       <c r="B4" t="s">
-        <v>2242</v>
+        <v>196</v>
       </c>
       <c r="C4" t="s">
-        <v>2243</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2244</v>
+        <v>197</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2245</v>
+        <v>198</v>
       </c>
       <c r="H4" t="s">
-        <v>2246</v>
+        <v>199</v>
+      </c>
+      <c r="I4" t="s">
+        <v>200</v>
+      </c>
+      <c r="J4" t="s">
+        <v>201</v>
+      </c>
+      <c r="K4" t="s">
+        <v>202</v>
+      </c>
+      <c r="L4" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2231</v>
+        <v>179</v>
       </c>
       <c r="B5" t="s">
-        <v>2247</v>
+        <v>204</v>
       </c>
       <c r="C5" t="s">
-        <v>2248</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2249</v>
+        <v>205</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2250</v>
+        <v>206</v>
       </c>
       <c r="H5" t="s">
-        <v>2251</v>
-[...143 lines deleted...]
-        <v>584</v>
+        <v>207</v>
+      </c>
+      <c r="I5" t="s">
+        <v>208</v>
+      </c>
+      <c r="J5" t="s">
+        <v>209</v>
+      </c>
+      <c r="K5" t="s">
+        <v>210</v>
+      </c>
+      <c r="L5" t="s">
+        <v>211</v>
+      </c>
+      <c r="M5" t="s">
+        <v>212</v>
+      </c>
+      <c r="N5" t="s">
+        <v>213</v>
+      </c>
+      <c r="O5" t="s">
+        <v>214</v>
+      </c>
+      <c r="P5" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>216</v>
+      </c>
+      <c r="R5" t="s">
+        <v>217</v>
+      </c>
+      <c r="S5" t="s">
+        <v>218</v>
+      </c>
+      <c r="T5" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>560</v>
+        <v>179</v>
       </c>
       <c r="B6" t="s">
-        <v>585</v>
+        <v>220</v>
       </c>
       <c r="C6" t="s">
-        <v>586</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>587</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>588</v>
+        <v>221</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>589</v>
+        <v>222</v>
       </c>
       <c r="H6" t="s">
-        <v>590</v>
+        <v>223</v>
+      </c>
+      <c r="I6" t="s">
+        <v>224</v>
+      </c>
+      <c r="J6" t="s">
+        <v>225</v>
+      </c>
+      <c r="K6" t="s">
+        <v>226</v>
+      </c>
+      <c r="L6" t="s">
+        <v>227</v>
+      </c>
+      <c r="M6" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>560</v>
+        <v>179</v>
       </c>
       <c r="B7" t="s">
-        <v>591</v>
+        <v>229</v>
       </c>
       <c r="C7" t="s">
-        <v>592</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>593</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>594</v>
+        <v>230</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>595</v>
+        <v>231</v>
       </c>
       <c r="H7" t="s">
-        <v>596</v>
+        <v>232</v>
+      </c>
+      <c r="I7" t="s">
+        <v>233</v>
+      </c>
+      <c r="J7" t="s">
+        <v>234</v>
+      </c>
+      <c r="K7" t="s">
+        <v>235</v>
+      </c>
+      <c r="L7" t="s">
+        <v>236</v>
+      </c>
+      <c r="M7" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>560</v>
+        <v>179</v>
       </c>
       <c r="B8" t="s">
-        <v>597</v>
+        <v>238</v>
       </c>
       <c r="C8" t="s">
-        <v>598</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>599</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>600</v>
+        <v>239</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>601</v>
+        <v>240</v>
       </c>
       <c r="H8" t="s">
-        <v>602</v>
+        <v>241</v>
+      </c>
+      <c r="I8" t="s">
+        <v>242</v>
+      </c>
+      <c r="J8" t="s">
+        <v>243</v>
+      </c>
+      <c r="K8" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>560</v>
+        <v>179</v>
       </c>
       <c r="B9" t="s">
-        <v>603</v>
+        <v>245</v>
       </c>
       <c r="C9" t="s">
-        <v>604</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>605</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>606</v>
+        <v>246</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>607</v>
+        <v>247</v>
       </c>
       <c r="H9" t="s">
-        <v>608</v>
-[...247 lines deleted...]
-        <v>655</v>
+        <v>248</v>
+      </c>
+      <c r="I9" t="s">
+        <v>249</v>
+      </c>
+      <c r="J9" t="s">
+        <v>250</v>
+      </c>
+      <c r="K9" t="s">
+        <v>251</v>
+      </c>
+      <c r="L9" t="s">
+        <v>252</v>
+      </c>
+      <c r="M9" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>609</v>
+        <v>179</v>
       </c>
       <c r="B10" t="s">
-        <v>656</v>
+        <v>254</v>
       </c>
       <c r="C10" t="s">
-        <v>657</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>658</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>659</v>
+        <v>255</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>660</v>
+        <v>256</v>
       </c>
       <c r="H10" t="s">
-        <v>661</v>
+        <v>257</v>
+      </c>
+      <c r="I10" t="s">
+        <v>258</v>
+      </c>
+      <c r="J10" t="s">
+        <v>259</v>
+      </c>
+      <c r="K10" t="s">
+        <v>260</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>609</v>
+        <v>179</v>
       </c>
       <c r="B11" t="s">
-        <v>662</v>
+        <v>261</v>
       </c>
       <c r="C11" t="s">
-        <v>663</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>563</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>664</v>
+        <v>262</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>665</v>
+        <v>263</v>
       </c>
       <c r="H11" t="s">
-        <v>666</v>
+        <v>264</v>
+      </c>
+      <c r="I11" t="s">
+        <v>265</v>
+      </c>
+      <c r="J11" t="s">
+        <v>266</v>
+      </c>
+      <c r="K11" t="s">
+        <v>267</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>609</v>
+        <v>179</v>
       </c>
       <c r="B12" t="s">
-        <v>667</v>
+        <v>268</v>
       </c>
       <c r="C12" t="s">
-        <v>668</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>669</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>670</v>
+        <v>269</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>671</v>
+        <v>270</v>
       </c>
       <c r="H12" t="s">
-        <v>672</v>
-[...935 lines deleted...]
-        <v>882</v>
+        <v>271</v>
+      </c>
+      <c r="I12" t="s">
+        <v>265</v>
+      </c>
+      <c r="J12" t="s">
+        <v>272</v>
+      </c>
+      <c r="K12" t="s">
+        <v>273</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...5080 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>