--- v1 (2026-02-15)
+++ v2 (2026-03-20)
@@ -1,943 +1,7321 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4117" uniqueCount="2391">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) de pharmacie à usage intérieur (PUI)</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens en pharmacie à usage intérieur (PUI) sont des logiciels dont au moins une des fonctions permet l’enregistrement d’une dispensation de médicaments (analyse des prescriptions, conseil et délivrance des médicaments). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
+  </si>
+  <si>
+    <t>p_3372202</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Élaboration des protocoles pluriprofessionnels de soins de premier recours</t>
+  </si>
+  <si>
+    <t>Un protocole pluriprofessionnel de soins de premier recours est le schéma d’une prise en charge optimale par une équipe pluriprofessionnelle. Il reflète l’expression d’un accord local et documenté, pour proposer des solutions aux problèmes de prise en charge et favoriser l’harmonisation des pratiques.</t>
+  </si>
+  <si>
+    <t>14/03/2012 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680226/fr/elaboration-des-protocoles-pluriprofessionnels-de-soins-de-premier-recours</t>
+  </si>
+  <si>
+    <t>c_2680226</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CLINUTREN THICKENUP CLEAR</t>
+  </si>
+  <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2026 14:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807656/fr/clinutren-thickenup-clear</t>
+  </si>
+  <si>
+    <t>p_3807656</t>
+  </si>
+  <si>
+    <t>Denrée alimentaire destinée à des fins médicales spéciales pour nutrition orale</t>
+  </si>
+  <si>
+    <t>NESTLE HEALTH SCIENCE France</t>
+  </si>
+  <si>
+    <t>AEQUASYAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808981/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>p_3808981</t>
+  </si>
+  <si>
+    <t>Solution pour pulvérisations endobuccales</t>
+  </si>
+  <si>
+    <t>LABORATOIRES GRIMBERG SA</t>
+  </si>
+  <si>
+    <t>ODM 5</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2024 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511384/fr/odm-5</t>
+  </si>
+  <si>
+    <t>p_3511384</t>
+  </si>
+  <si>
+    <t>Solution stérile hyperosmolaire pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>BIOLOGICGLASS GRANULES</t>
+  </si>
+  <si>
+    <t>24/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2023 17:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471123/fr/biologicglass-granules</t>
+  </si>
+  <si>
+    <t>p_3471123</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NORAKER</t>
+  </si>
+  <si>
+    <t>PROTIBIS</t>
+  </si>
+  <si>
+    <t>01/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/07/2023 16:49:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445519/fr/protibis</t>
+  </si>
+  <si>
+    <t>p_3445519</t>
+  </si>
+  <si>
+    <t>SOLIDAGES (France)</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>OPTIVE FUSION</t>
+  </si>
+  <si>
+    <t>05/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2021 12:34:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301125/fr/optive-fusion</t>
+  </si>
+  <si>
+    <t>p_3301125</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE</t>
+  </si>
+  <si>
+    <t>ECLYPSE FOOT</t>
+  </si>
+  <si>
+    <t>02/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:43:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297081/fr/eclypse-foot</t>
+  </si>
+  <si>
+    <t>p_3297081</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires anatomiques</t>
+  </si>
+  <si>
+    <t>BRIGHTWAKE LTD t/a ADVANCIS MEDICAL</t>
+  </si>
+  <si>
+    <t>ECLYPSE CONTOUR</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:39:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302468/fr/eclypse-contour</t>
+  </si>
+  <si>
+    <t>p_3302468</t>
+  </si>
+  <si>
+    <t>ECLYPSE ADHERENT SACRAL</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:39:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302474/fr/eclypse-adherent-sacral</t>
+  </si>
+  <si>
+    <t>p_3302474</t>
+  </si>
+  <si>
+    <t>OPTIVE ADVANCE</t>
+  </si>
+  <si>
+    <t>19/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/11/2021 17:34:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296404/fr/optive-advance</t>
+  </si>
+  <si>
+    <t>p_3296404</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>ELIXYA</t>
+  </si>
+  <si>
+    <t>25/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2021 12:02:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289353/fr/elixya</t>
+  </si>
+  <si>
+    <t>p_3289353</t>
+  </si>
+  <si>
+    <t>LABORATOIRE CHAUVIN</t>
+  </si>
+  <si>
+    <t>OPTIVE</t>
+  </si>
+  <si>
+    <t>22/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:49:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280990/fr/optive</t>
+  </si>
+  <si>
+    <t>p_3280990</t>
+  </si>
+  <si>
+    <t>ATOPICLAIR</t>
+  </si>
+  <si>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280889/fr/atopiclair</t>
+  </si>
+  <si>
+    <t>p_3280889</t>
+  </si>
+  <si>
+    <t>Crème</t>
+  </si>
+  <si>
+    <t>ALLIANCE PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>THEALOSE</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267490/fr/thealose</t>
+  </si>
+  <si>
+    <t>p_3267490</t>
+  </si>
+  <si>
+    <t>THEA PHARMA</t>
+  </si>
+  <si>
+    <t>SYSTANE COMPLETE</t>
+  </si>
+  <si>
+    <t>16/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2021 09:08:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264256/fr/systane-complete</t>
+  </si>
+  <si>
+    <t>p_3264256</t>
+  </si>
+  <si>
+    <t>Gouttes oculaires lubrifiantes</t>
+  </si>
+  <si>
+    <t>LABORATOIRES ALCON</t>
+  </si>
+  <si>
+    <t>VARIMATE</t>
+  </si>
+  <si>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2021 09:53:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259928/fr/varimate</t>
+  </si>
+  <si>
+    <t>p_3259928</t>
+  </si>
+  <si>
+    <t>Renfort périphérique pour stomie</t>
+  </si>
+  <si>
+    <t>LABORATOIRES CONVATEC</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237072/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3237072</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage  ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA</t>
+  </si>
+  <si>
+    <t>VISMED</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237075/fr/vismed</t>
+  </si>
+  <si>
+    <t>p_3237075</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>03/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 11:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221147/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3221147</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>IALUSET (crème et compresse imprégnée)</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2020 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186706/fr/ialuset-creme-et-compresse-impregnee</t>
+  </si>
+  <si>
+    <t>p_3186706</t>
+  </si>
+  <si>
+    <t>Crème et compresse imprégnée</t>
+  </si>
+  <si>
+    <t>LABORATOIRES GENEVRIER SAS</t>
+  </si>
+  <si>
+    <t>18/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067123/fr/thealose</t>
+  </si>
+  <si>
+    <t>p_3067123</t>
+  </si>
+  <si>
+    <t>solution stérile pour usage ophtalmique</t>
+  </si>
+  <si>
+    <t>LABORATOIRE THEA PHARMA</t>
+  </si>
+  <si>
+    <t>GLASSBONE</t>
+  </si>
+  <si>
+    <t>29/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 12:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854461/fr/glassbone</t>
+  </si>
+  <si>
+    <t>c_2854461</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NANOSTIM</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854897/fr/nanostim</t>
+  </si>
+  <si>
+    <t>c_2854897</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>HAPPYVISC</t>
+  </si>
+  <si>
+    <t>20/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/03/2018 08:35:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830382/fr/happyvisc</t>
+  </si>
+  <si>
+    <t>c_2830382</t>
+  </si>
+  <si>
+    <t>Gel viscoélastique d’acide hyaluronique et de mannitol pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>Laboratoire de Rhumatologie Appliquée</t>
+  </si>
+  <si>
+    <t>EFFIDIA</t>
+  </si>
+  <si>
+    <t>Compresses imprégnées d’acide hyaluronique / crème à l’acide hyaluronique</t>
+  </si>
+  <si>
+    <t>24/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2017 09:01:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803894/fr/effidia</t>
+  </si>
+  <si>
+    <t>c_2803894</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI SPA</t>
+  </si>
+  <si>
+    <t>OSTIBONE</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2017 16:00:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796174/fr/ostibone</t>
+  </si>
+  <si>
+    <t>c_2796174</t>
+  </si>
+  <si>
+    <t>FH ORTHOPEDICS SAS</t>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 11:56:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610790/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>c_2610790</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>26/11/2015 16:56:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572145/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_2572145</t>
+  </si>
+  <si>
+    <t>HYLOVIS Multi</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571466/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_2571466</t>
+  </si>
+  <si>
+    <t>Solutés de réhydratation orale</t>
+  </si>
+  <si>
+    <t>21/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2015 16:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055355/fr/solutes-de-rehydratation-orale</t>
+  </si>
+  <si>
+    <t>c_2055355</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>14/08/2015 09:30:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053550/fr/thealose</t>
+  </si>
+  <si>
+    <t>c_2053550</t>
+  </si>
+  <si>
+    <t>Laboratoires Théa France</t>
+  </si>
+  <si>
+    <t>IALUSET crème et compresse imprégnée</t>
+  </si>
+  <si>
+    <t>Matériel pour pansement</t>
+  </si>
+  <si>
+    <t>30/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/08/2015 15:15:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053083/fr/ialuset-creme-et-compresse-impregnee</t>
+  </si>
+  <si>
+    <t>c_2053083</t>
+  </si>
+  <si>
+    <t>GENEVRIER</t>
+  </si>
+  <si>
+    <t>SALITOL 7%</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 15:08:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039958/fr/salitol-7</t>
+  </si>
+  <si>
+    <t>c_2039958</t>
+  </si>
+  <si>
+    <t>PARI  GmbH</t>
+  </si>
+  <si>
+    <t>SYNOCROM</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>26/06/2015 10:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039658/fr/synocrom</t>
+  </si>
+  <si>
+    <t>c_2039658</t>
+  </si>
+  <si>
+    <t>CROMA S.A.S.</t>
+  </si>
+  <si>
+    <t>STRUCTOVIAL</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-oculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2039661/fr/structovial</t>
+  </si>
+  <si>
+    <t>c_2039661</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE DERMATOLOGIE</t>
+  </si>
+  <si>
+    <t>GO-ON</t>
+  </si>
+  <si>
+    <t>02/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2015 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037487/fr/go-on</t>
+  </si>
+  <si>
+    <t>c_2037487</t>
+  </si>
+  <si>
+    <t>ROTTAPHARM SAS</t>
+  </si>
+  <si>
+    <t>SINOVIAL</t>
+  </si>
+  <si>
+    <t>05/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:56:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034382/fr/sinovial</t>
+  </si>
+  <si>
+    <t>c_2034382</t>
+  </si>
+  <si>
+    <t>EUFLEXXA B/1 et B/3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034385/fr/euflexxa-b/1-et-b/3</t>
+  </si>
+  <si>
+    <t>c_2034385</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>SYNVISC-ONE</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030383/fr/synvisc-one</t>
+  </si>
+  <si>
+    <t>c_2030383</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>OSTENIL 3 seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030389/fr/ostenil-3-seringues</t>
+  </si>
+  <si>
+    <t>c_2030389</t>
+  </si>
+  <si>
+    <t>ARTHRUM H 2% 3 seringues</t>
+  </si>
+  <si>
+    <t>07/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:24:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025740/fr/arthrum-h-2-3-seringues</t>
+  </si>
+  <si>
+    <t>c_2025740</t>
+  </si>
+  <si>
+    <t>LCA SA</t>
+  </si>
+  <si>
+    <t>CEMENTEK</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l'os</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 18:09:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024383/fr/cementek</t>
+  </si>
+  <si>
+    <t>c_2024383</t>
+  </si>
+  <si>
+    <t>TEKNIMED S.A.S</t>
+  </si>
+  <si>
+    <t>10/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:37:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021467/fr/happyvisc</t>
+  </si>
+  <si>
+    <t>c_2021467</t>
+  </si>
+  <si>
+    <t>CALCIBON</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680962/fr/calcibon</t>
+  </si>
+  <si>
+    <t>c_1680962</t>
+  </si>
+  <si>
+    <t>BIOMET SAS</t>
+  </si>
+  <si>
+    <t>NANOSTIM , substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>11/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603293/fr/nanostim-substitut-osseux-synthetique-injectable</t>
+  </si>
+  <si>
+    <t>c_1603293</t>
+  </si>
+  <si>
+    <t>aap Biomatérials GmbH</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>CEMENTEK, substitut osseux phosphocalcique</t>
+  </si>
+  <si>
+    <t>Substitut osseux phosphocalcique malléable</t>
+  </si>
+  <si>
+    <t>26/02/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/03/2013 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364163/fr/cementek-substitut-osseux-phosphocalcique</t>
+  </si>
+  <si>
+    <t>c_1364163</t>
+  </si>
+  <si>
+    <t>EFFIDIA -  25 septembre 2012 (4312) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2012 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1297525/fr/effidia-25-septembre-2012-4312-avis</t>
+  </si>
+  <si>
+    <t>c_1297525</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI S.P.A (Italie)</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS  -  25 septembre 2012 (4303) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1297533/fr/ialuset-plus-25-septembre-2012-4303-avis</t>
+  </si>
+  <si>
+    <t>c_1297533</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER SA (France)</t>
+  </si>
+  <si>
+    <t>AQUACEL Ag -  25 septembre 2012 (4268) avis</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:48:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1258797/fr/aquacel-ag-25-septembre-2012-4268-avis</t>
+  </si>
+  <si>
+    <t>c_1258797</t>
+  </si>
+  <si>
+    <t>Convatec Ltd</t>
+  </si>
+  <si>
+    <t>ORTHOVISC -  15 mai 2012 (4233) avis</t>
+  </si>
+  <si>
+    <t>15/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 14:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1227729/fr/orthovisc-15-mai-2012-4233-avis</t>
+  </si>
+  <si>
+    <t>c_1227729</t>
+  </si>
+  <si>
+    <t>CRYONIC-MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>SYNOCROM  - 13 septembre 2011 (3991) avis</t>
+  </si>
+  <si>
+    <t>13/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2011 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1095398/fr/synocrom-13-septembre-2011-3991-avis</t>
+  </si>
+  <si>
+    <t>c_1095398</t>
+  </si>
+  <si>
+    <t>CROMA s.a.s.u (France)</t>
+  </si>
+  <si>
+    <t>EFFIDIA PLUS - 22 mars 2011 (3464) avis</t>
+  </si>
+  <si>
+    <t>Compresse imprégnée d’acide hyaluronique et de sulfadiazine argentique Crème à l’acide hyaluronique et à la sulfadiazine argentique DERMATOLOGIE– Mise au point Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>22/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033131/fr/effidia-plus-22-mars-2011-3464-avis</t>
+  </si>
+  <si>
+    <t>c_1033131</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI S.p.A., Italie</t>
+  </si>
+  <si>
+    <t>ALLOGREFFE OSSEUSE traitée par procédé de viro-inactivation PHOENIX - 22 février 2011 (3285) avis</t>
+  </si>
+  <si>
+    <t>Allogreffe osseuse traitée par procédé de viro-inactivation PHOENIX</t>
+  </si>
+  <si>
+    <t>22/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2011 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024579/fr/allogreffe-osseuse-traitee-par-procede-de-viro-inactivation-phoenix-22-fevrier-2011-3285-avis</t>
+  </si>
+  <si>
+    <t>c_1024579</t>
+  </si>
+  <si>
+    <t>TBF (France)</t>
+  </si>
+  <si>
+    <t>ALLOGREFFE OSSEUSE traitée par procédé de viro-inactivation SUPERCRIT - 25 janvier 2011 (3262 &amp; 3263) avis</t>
+  </si>
+  <si>
+    <t>Allogreffe osseuse traitée par procédé de viro-inactivation SUPERCRIT CHIRURGIE – Mise au point Progrès mineur en termes de commodité d’emploi dans les indications de comblement d’une perte de substance osseuse par rapport aux greffons cryoconservés. Avis défavorable au remboursement dans les indications de greffes de structure et dans l’indication spécifique de fracture avec ostéosynthèse.</t>
+  </si>
+  <si>
+    <t>25/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/02/2011 13:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018315/fr/allogreffe-osseuse-traitee-par-procede-de-viro-inactivation-supercrit-25-janvier-2011-3262-3263-avis</t>
+  </si>
+  <si>
+    <t>c_1018315</t>
+  </si>
+  <si>
+    <t>BIOBank (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
+  </si>
+  <si>
+    <t>c_1010207</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
+  </si>
+  <si>
+    <t>c_1010209</t>
+  </si>
+  <si>
+    <t>VISMED - 07 décembre 2010 (3053) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010211/fr/vismed-07-decembre-2010-3053-avis</t>
+  </si>
+  <si>
+    <t>c_1010211</t>
+  </si>
+  <si>
+    <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
+  </si>
+  <si>
+    <t>c_1010213</t>
+  </si>
+  <si>
+    <t>HYANEB  - 23 novembre 2010 (2747) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile hypertonique pour inhalation PNEUMOLOGIE – Nouveau dispositif Avis défavorable au remboursement dans le traitement des patients atteints de mucoviscidose pour faciliter l’expectoration du mucus</t>
+  </si>
+  <si>
+    <t>23/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977175/fr/hyaneb-23-novembre-2010-2747-avis</t>
+  </si>
+  <si>
+    <t>c_977175</t>
+  </si>
+  <si>
+    <t>PRAXIS Pharmaceutical France</t>
+  </si>
+  <si>
+    <t>CHRONOS INJECT- CNEDiMTS du 04 mai 2010 (2483) avis</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l’os Orthopédie -Traumatologie – Nouveau dispositif Pas de progrès par rapport à CALCIBON pour compenser une perte de substance osseuse.</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2010 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953867/fr/chronos-inject-cnedimts-du-04-mai-2010-2483-avis</t>
+  </si>
+  <si>
+    <t>c_953867</t>
+  </si>
+  <si>
+    <t>Synthes SAS France</t>
+  </si>
+  <si>
+    <t>CAPHOSOL - CNEDiMTS du 06 avril 2010 (2378)</t>
+  </si>
+  <si>
+    <t>Solution électrolytique pour bain de bouche Oncologie – Nouveau dispositif Avis défavorable au remboursement dans la prévention et le traitement de la mucite secondaire à une radiothérapie ou à une chimiothérapie à haute dose</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939357/fr/caphosol-cnedimts-du-06-avril-2010-2378</t>
+  </si>
+  <si>
+    <t>c_939357</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>ARTHRUM H 2% - CEPP du 07 juillet 2009 (1957)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864510/fr/arthrum-h-2-cepp-du-07-juillet-2009-1957</t>
+  </si>
+  <si>
+    <t>c_864510</t>
+  </si>
+  <si>
+    <t>LCA SA (France)</t>
+  </si>
+  <si>
+    <t>ORTHOVISC - CNEDiMTS du 06 octobre 2009 (2053)</t>
+  </si>
+  <si>
+    <t>06/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864528/fr/orthovisc-cnedimts-du-06-octobre-2009-2053</t>
+  </si>
+  <si>
+    <t>c_864528</t>
+  </si>
+  <si>
+    <t>OSTENIL - CEPP du 07 juillet 2009 (2052)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864532/fr/ostenil-cepp-du-07-juillet-2009-2052</t>
+  </si>
+  <si>
+    <t>c_864532</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA AG (France)</t>
+  </si>
+  <si>
+    <t>SINOVIAL - CNEDiMTS du 07 juillet 2009 (2083)</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:41:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864546/fr/sinovial-cnedimts-du-07-juillet-2009-2083</t>
+  </si>
+  <si>
+    <t>c_864546</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER</t>
+  </si>
+  <si>
+    <t>SYNVISC Hylane G-F 20 - CNEDiMTS du 06 octobre 2009 (1958)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864577/fr/synvisc-hylane-g-f-20-cnedimts-du-06-octobre-2009-1958</t>
+  </si>
+  <si>
+    <t>c_864577</t>
+  </si>
+  <si>
+    <t>GENZYME SAS (France)</t>
+  </si>
+  <si>
+    <t>STRUCTOVIAL - CEPPdu 07 juillet 2009 (1960)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864581/fr/structovial-ceppdu-07-juillet-2009-1960</t>
+  </si>
+  <si>
+    <t>c_864581</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT (France)</t>
+  </si>
+  <si>
+    <t>SUPLASYN - CNEDiMTS du 06 octobre 2009 (1964)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864589/fr/suplasyn-cnedimts-du-06-octobre-2009-1964</t>
+  </si>
+  <si>
+    <t>c_864589</t>
+  </si>
+  <si>
+    <t>Nordic Pharma (France)</t>
+  </si>
+  <si>
+    <t>SYNOCROM - CEPP du 07 juillet 2009 (1962)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864597/fr/synocrom-cepp-du-07-juillet-2009-1962</t>
+  </si>
+  <si>
+    <t>c_864597</t>
+  </si>
+  <si>
+    <t>CROMA PHARMA GmbH (Autriche)</t>
+  </si>
+  <si>
+    <t>PATHAPHOENIX - CEPP du 01 septembre 2009 (2016)</t>
+  </si>
+  <si>
+    <t>Association de greffon osseux allogénique avec du sulfate de calcium (CaSO4) et de l’hydroxyéthylamidon</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2009 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847187/fr/pathaphoenix-cepp-du-01-septembre-2009-2016</t>
+  </si>
+  <si>
+    <t>c_847187</t>
+  </si>
+  <si>
+    <t>TBF</t>
+  </si>
+  <si>
+    <t>LUXYAL - CEPP du 07 juillet 2009 (2076)</t>
+  </si>
+  <si>
+    <t>27/08/2009 14:14:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831774/fr/luxyal-cepp-du-07-juillet-2009-2076</t>
+  </si>
+  <si>
+    <t>c_831774</t>
+  </si>
+  <si>
+    <t>Tubilux Pharma SpA (Italie)</t>
+  </si>
+  <si>
+    <t>HYDRALIS</t>
+  </si>
+  <si>
+    <t>12/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2009 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794152/fr/hydralis</t>
+  </si>
+  <si>
+    <t>c_794152</t>
+  </si>
+  <si>
+    <t>THEA France</t>
+  </si>
+  <si>
+    <t>CATIONORM</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_754282/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_754282</t>
+  </si>
+  <si>
+    <t>NOVAGALI Pharma S.A.</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS</t>
+  </si>
+  <si>
+    <t>02/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2008 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725071/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_725071</t>
+  </si>
+  <si>
+    <t>MUCOCLEAR</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713689/fr/mucoclear</t>
+  </si>
+  <si>
+    <t>c_713689</t>
+  </si>
+  <si>
+    <t>PARI GmbH Allemagne</t>
+  </si>
+  <si>
+    <t>28/10/2008 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_711468/fr/optive</t>
+  </si>
+  <si>
+    <t>c_711468</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS France</t>
+  </si>
+  <si>
+    <t>SYSTANE</t>
+  </si>
+  <si>
+    <t>16/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700446/fr/systane</t>
+  </si>
+  <si>
+    <t>c_700446</t>
+  </si>
+  <si>
+    <t>Laboratoires ALCON France</t>
+  </si>
+  <si>
+    <t>NOVASOURCE GI CONTROL</t>
+  </si>
+  <si>
+    <t>30/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2008 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700024/fr/novasource-gi-control</t>
+  </si>
+  <si>
+    <t>c_700024</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>NOVASOURCE GI FORTE</t>
+  </si>
+  <si>
+    <t>30/09/2008 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700029/fr/novasource-gi-forte</t>
+  </si>
+  <si>
+    <t>c_700029</t>
+  </si>
+  <si>
+    <t>IALUSET</t>
+  </si>
+  <si>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_662065/fr/ialuset</t>
+  </si>
+  <si>
+    <t>c_662065</t>
+  </si>
+  <si>
+    <t>Laboratoire GENEVRIER</t>
+  </si>
+  <si>
+    <t>LIPIMIX</t>
+  </si>
+  <si>
+    <t>08/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2008 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677040/fr/lipimix</t>
+  </si>
+  <si>
+    <t>c_677040</t>
+  </si>
+  <si>
+    <t>TUBILUX PHARMA S.p.A. (Italie)</t>
+  </si>
+  <si>
+    <t>NORIAN</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l’os</t>
+  </si>
+  <si>
+    <t>13/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2008 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632821/fr/norian</t>
+  </si>
+  <si>
+    <t>c_632821</t>
+  </si>
+  <si>
+    <t>SYNTHES SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_585978/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_585978</t>
+  </si>
+  <si>
+    <t>VISMED Multi</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572599/fr/vismed-multi</t>
+  </si>
+  <si>
+    <t>c_572599</t>
+  </si>
+  <si>
+    <t>21/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2007 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_550223/fr/hylovis</t>
+  </si>
+  <si>
+    <t>c_550223</t>
+  </si>
+  <si>
+    <t>KETO-DIABUR</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2007 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497023/fr/keto-diabur</t>
+  </si>
+  <si>
+    <t>c_497023</t>
+  </si>
+  <si>
+    <t>ROCHE Diagnostics (France)</t>
+  </si>
+  <si>
+    <t>Produits pour nutrition à domicile et prestations associées</t>
+  </si>
+  <si>
+    <t>27/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2006 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_479172/fr/produits-pour-nutrition-a-domicile-et-prestations-associees</t>
+  </si>
+  <si>
+    <t>c_479172</t>
+  </si>
+  <si>
+    <t>DISPOSET MUCOVISCIDOSE</t>
+  </si>
+  <si>
+    <t>14/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2006 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451150/fr/disposet-mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_451150</t>
+  </si>
+  <si>
+    <t>B. Braun Médical SAS</t>
+  </si>
+  <si>
+    <t>14/06/2006 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_450457/fr/disposet-mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_450457</t>
+  </si>
+  <si>
+    <t>14/06/2006 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_450560/fr/disposet-mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_450560</t>
+  </si>
+  <si>
+    <t>14/06/2006 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_450571/fr/disposet-mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_450571</t>
+  </si>
+  <si>
+    <t>BD MultiVisc</t>
+  </si>
+  <si>
+    <t>26/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398384/fr/bd-multivisc</t>
+  </si>
+  <si>
+    <t>c_398384</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON (France S.A)</t>
+  </si>
+  <si>
+    <t>BD Visc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398385/fr/bd-visc</t>
+  </si>
+  <si>
+    <t>c_398385</t>
+  </si>
+  <si>
+    <t>Solutés de réhydratation orale (SRO)</t>
+  </si>
+  <si>
+    <t>16/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398439/fr/solutes-de-rehydratation-orale-sro</t>
+  </si>
+  <si>
+    <t>c_398439</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>05/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398460/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_398460</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER (France)</t>
+  </si>
+  <si>
+    <t>MEGACROM</t>
+  </si>
+  <si>
+    <t>08/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398480/fr/megacrom</t>
+  </si>
+  <si>
+    <t>c_398480</t>
+  </si>
+  <si>
+    <t>CROMA PHARMA (Autriche)</t>
+  </si>
+  <si>
+    <t>OCULOCROM 2%</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398482/fr/oculocrom-2</t>
+  </si>
+  <si>
+    <t>c_398482</t>
+  </si>
+  <si>
+    <t>AQUACEL</t>
+  </si>
+  <si>
+    <t>04/02/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398593/fr/aquacel</t>
+  </si>
+  <si>
+    <t>c_398593</t>
+  </si>
+  <si>
+    <t>Laboratoires CONVATEC (France)</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398638/fr/structovial</t>
+  </si>
+  <si>
+    <t>c_398638</t>
+  </si>
+  <si>
+    <t>07/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398724/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_398724</t>
+  </si>
+  <si>
+    <t>CYSTISTAT 40mg/50ml</t>
+  </si>
+  <si>
+    <t>05/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398770/fr/cystistat-40mg/50ml</t>
+  </si>
+  <si>
+    <t>c_398770</t>
+  </si>
+  <si>
+    <t>BIONICHE</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Schwannomatoses non-NF2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWN. Il a été élaboré par le Centre constitutif labellisé des schwannomatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598549/fr/schwannomatoses-non-nf2</t>
+  </si>
+  <si>
+    <t>p_3598549</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Syndrome de Coffin-Lowry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SCL. Il a été élaboré par le Centre de référence « Déficiences intellectuelles de causes rares » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/02/2025 08:59:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591486/fr/syndrome-de-coffin-lowry</t>
+  </si>
+  <si>
+    <t>p_3591486</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>ALD n° 19 - Néphropathie chronique grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_565906/fr/ald-n-19-nephropathie-chronique-grave</t>
+  </si>
+  <si>
+    <t>c_565906</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Paraparésies spastiques héréditaires pures</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542903/fr/paraparesies-spastiques-hereditaires-pures</t>
+  </si>
+  <si>
+    <t>p_3542903</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Syndrome de Koolen de Vries</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Koolen de Vries. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de Grenoble à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2023 09:39:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446147/fr/syndrome-de-koolen-de-vries</t>
+  </si>
+  <si>
+    <t>p_3446147</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Microcéphalies Primitives  ASPM, WDR62 et CDK5RAP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une microcéphalie primitive. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310357/fr/microcephalies-primitives-aspm-wdr62-et-cdk5rap2</t>
+  </si>
+  <si>
+    <t>p_3310357</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Spina Bifida – Dysraphismes - Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299637/fr/spina-bifida-dysraphismes-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>p_3299637</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
+  </si>
+  <si>
+    <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Syndrome de Brugada</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Brugada. Il a été élaboré par le Centre de référence pour la prise en charge des maladies rythmiques héréditaires de l’Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289995/fr/syndrome-de-brugada</t>
+  </si>
+  <si>
+    <t>p_3289995</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/03/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
+  </si>
+  <si>
+    <t>p_3166010</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolfram</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113810/fr/syndrome-de-wolfram</t>
+  </si>
+  <si>
+    <t>p_3113810</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2026</t>
+  </si>
+  <si>
+    <t>25/02/2026 16:50:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3880447/fr/commission-de-la-transparence-reunion-du-4-mars-2026</t>
+  </si>
+  <si>
+    <t>p_3880447</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 23 Septembre 2025</t>
+  </si>
+  <si>
+    <t>22/09/2025 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685570/fr/cnedimts-du-23-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3685570</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>03/04/2025 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3600189</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598140/fr/commission-de-la-transparence-reunion-du-26-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3598140</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 décembre 2024</t>
+  </si>
+  <si>
+    <t>13/12/2024 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572417/fr/commission-de-la-transparence-reunion-du-18-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3572417</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
+  </si>
+  <si>
+    <t>04/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3565815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
+  </si>
+  <si>
+    <t>15/11/2024 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556609</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2024</t>
+  </si>
+  <si>
+    <t>19/06/2024 13:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525360/fr/commission-de-la-transparence-reunion-du-26-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3525360</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mars 2024</t>
+  </si>
+  <si>
+    <t>06/03/2024 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499613/fr/commission-de-la-transparence-reunion-du-13-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3499613</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 5 septembre 2023</t>
+  </si>
+  <si>
+    <t>13/09/2023 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460737/fr/cnedimts-du-5-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3460737</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 21 février 2023</t>
+  </si>
+  <si>
+    <t>17/02/2023 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415216/fr/cnedimts-du-21-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3415216</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 Janvier 2023</t>
+  </si>
+  <si>
+    <t>12/01/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404300/fr/commission-de-la-transparence-reunion-du-18-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3404300</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 Octobre 2022</t>
+  </si>
+  <si>
+    <t>14/10/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377685/fr/commission-de-la-transparence-reunion-du-19-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3377685</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 Juillet 2022</t>
+  </si>
+  <si>
+    <t>18/07/2022 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352633/fr/commission-de-la-transparence-reunion-du-20-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352633</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 Mai 2022</t>
+  </si>
+  <si>
+    <t>06/05/2022 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337617/fr/commission-de-la-transparence-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3337617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 3 novembre 2021</t>
+  </si>
+  <si>
+    <t>27/10/2021 18:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295346/fr/commission-de-la-transparence-reunion-du-3-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3295346</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mars 2020</t>
+  </si>
+  <si>
+    <t>06/03/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161371/fr/commission-de-la-transparence-reunion-du-11-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3161371</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/03/2020 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160875/fr/cnedimts-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3160875</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 janvier 2020</t>
+  </si>
+  <si>
+    <t>24/01/2020 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148159/fr/college-deliberatif-du-29-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3148159</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 octobre 2019</t>
+  </si>
+  <si>
+    <t>03/10/2019 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109726/fr/commission-de-la-transparence-reunion-du-9-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3109726</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 février 2019</t>
+  </si>
+  <si>
+    <t>22/02/2019 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904998/fr/cnedimts-reunion-du-26-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904998</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 juin 2018</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854315/fr/commission-de-la-transparence-reunion-du-13-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 03 avril 2018</t>
+  </si>
+  <si>
+    <t>03/04/2018 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839265/fr/cnedimts-reunion-du-03-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839265</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 décembre 2017</t>
+  </si>
+  <si>
+    <t>15/12/2017 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812822/fr/college-deliberatif-du-20-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2812822</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 septembre 2017</t>
+  </si>
+  <si>
+    <t>15/09/2017 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2793565</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 juillet 2017</t>
+  </si>
+  <si>
+    <t>28/06/2017 14:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777371/fr/commission-de-la-transparence-reunion-du-5-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2777371</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>31/05/2017 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771625/fr/commission-de-la-transparence-reunion-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2771625</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 janvier 2017</t>
+  </si>
+  <si>
+    <t>18/01/2017 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740415/fr/commission-de-la-transparence-reunion-du-25-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2740415</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 4 octobre 2016</t>
+  </si>
+  <si>
+    <t>03/10/2016 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2673014/fr/cnedimts-reunion-du-4-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2673014</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>01/04/2016 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2654864/fr/college-deliberatif-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2654864</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 14 juin 2016</t>
+  </si>
+  <si>
+    <t>13/06/2016 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636874/fr/cnedimts-reunion-du-14-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2636874</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 31 mai 2016</t>
+  </si>
+  <si>
+    <t>30/05/2016 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634409/fr/cnedimts-reunion-du-31-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2634409</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 février 2016</t>
+  </si>
+  <si>
+    <t>05/02/2016 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606962/fr/college-deliberatif-du-10-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2606962</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 12 Janvier 2016</t>
+  </si>
+  <si>
+    <t>08/01/2016 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586808/fr/cnedimts-reunion-du-12-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2586808</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>12/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571745/fr/college-deliberatif-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571745</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2015</t>
+  </si>
+  <si>
+    <t>20/01/2015 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006292/fr/commission-de-la-transparence-reunion-du-21-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2006292</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mai 2014</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739113/fr/commission-de-la-transparence-reunion-du-7-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1739113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 février 2014</t>
+  </si>
+  <si>
+    <t>10/02/2014 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721057/fr/commission-de-la-transparence-reunion-du-5-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1721057</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2014</t>
+  </si>
+  <si>
+    <t>29/01/2014 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715235/fr/commission-de-la-transparence-reunion-du-8-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1715235</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616460/fr/commission-de-la-transparence-reunion-du-10-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1616460</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2013</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544629/fr/commission-de-la-transparence-reunion-du-15-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1544629</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 avril 2013</t>
+  </si>
+  <si>
+    <t>17/04/2013 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1521840/fr/commission-de-la-transparence-reunion-du-17-avril-2013</t>
+  </si>
+  <si>
+    <t>c_1521840</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mars 2013</t>
+  </si>
+  <si>
+    <t>20/03/2013 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367180/fr/commission-de-la-transparence-reunion-du-20-mars-2013</t>
+  </si>
+  <si>
+    <t>c_1367180</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Commission du 17 avril 2012</t>
+  </si>
+  <si>
+    <t>14/06/2012 18:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254539/fr/cnedimts-commission-du-17-avril-2012</t>
+  </si>
+  <si>
+    <t>c_1254539</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mai 2012</t>
+  </si>
+  <si>
+    <t>23/05/2012 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1249262/fr/commission-de-la-transparence-reunion-du-23-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1249262</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2011</t>
+  </si>
+  <si>
+    <t>14/12/2011 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147992/fr/commission-de-la-transparence-reunion-du-14-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1147992</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 septembre 2011</t>
+  </si>
+  <si>
+    <t>14/09/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096142/fr/commission-de-la-transparence-reunion-du-14-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1096142</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2011</t>
+  </si>
+  <si>
+    <t>07/09/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1095165/fr/commission-de-la-transparence-reunion-du-7-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1095165</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2011</t>
+  </si>
+  <si>
+    <t>22/06/2011 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064607/fr/commission-de-la-transparence-reunion-du-22-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1064607</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 février 2011</t>
+  </si>
+  <si>
+    <t>16/02/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025050/fr/commission-de-la-transparence-reunion-du-16-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1025050</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 novembre 2010</t>
+  </si>
+  <si>
+    <t>17/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999050/fr/commission-de-la-transparence-reunion-du-17-novembre-2010</t>
+  </si>
+  <si>
+    <t>c_999050</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 septembre 2010</t>
+  </si>
+  <si>
+    <t>08/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_979727/fr/commission-de-la-transparence-reunion-du-8-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_979727</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
+  </si>
+  <si>
+    <t>21/07/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_969005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juin 2010</t>
+  </si>
+  <si>
+    <t>16/06/2010 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959819/fr/commission-de-la-transparence-reunion-du-16-juin-2010</t>
+  </si>
+  <si>
+    <t>c_959819</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mai 2010</t>
+  </si>
+  <si>
+    <t>19/05/2010 09:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952509/fr/commission-de-la-transparence-reunion-du-19-mai-2010</t>
+  </si>
+  <si>
+    <t>c_952509</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2009</t>
+  </si>
+  <si>
+    <t>18/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_882480/fr/commission-de-la-transparence-reunion-du-18-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_882480</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 septembre 2007</t>
+  </si>
+  <si>
+    <t>26/09/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682819/fr/commission-de-la-transparence-reunion-du-26-septembre-2007</t>
+  </si>
+  <si>
+    <t>c_682819</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin à ARNm SPIKEVAX</t>
+  </si>
+  <si>
+    <t>La HAS a rendu son avis sur la place du vaccin Spikevax® de Moderna dans la stratégie vaccinale après que ce dernier a obtenu une extension d’AMM pour le rappel. Spikevax® et Comirnaty® de Pfizer sont deux vaccins sûrs et efficaces mais les études montrent une légère supériorité de Spikevax® en termes d’efficacité et des risques plus faibles de myocardite pour Comirnaty®, en particulier pour les personnes de moins de 30 ans.</t>
+  </si>
+  <si>
+    <t>05/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2021 19:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297315/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-spikevax</t>
+  </si>
+  <si>
+    <t>p_3297315</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place d’un rappel par le vaccin à ARNm COMIRNATY®</t>
+  </si>
+  <si>
+    <t>Le vaccin Comirnaty® a obtenu le 4 octobre 2021 une variation à l’autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il peut être administré en tant que dose de rappel (3ème dose), injectée par voie intramusculaire au moins 6 mois après la seconde dose, chez les personnes âgées de 18 ans et plus. L’actualisation des données les plus récentes conforte les recommandations de la HAS du 23 août 2021, relatives à l’administration d’une dose de rappel pour les personnes de 65 ans et plus, ainsi que pour toutes les personnes présentant des comorbidités augmentant le risque de formes graves et de décès liés à la Covid-19. La situation sanitaire actuelle, dont les indicateurs s’améliorent, et les données encore limitées sur les conséquences d’un déclin de l’efficacité vaccinale au cours du temps chez les adultes jeunes, sans comorbidité, ne permettent pas à ce stade de modifier les recommandations de la HAS quant à la pertinence d’un rappel en population générale. La HAS souligne toutefois que l’administration d’une dose de rappel deviendra probablement nécessaire au cours des mois qui viennent. En revanche, compte tenu du risque accru d’exposition et d’infection au virus du SARS-CoV-2 par rapport à la population générale, la HAS recommande d’étendre l’administration d’une dose de rappel aux professionnels du secteur de la santé et du secteur médico-social, en contact avec les patients et chez les professionnels du transport sanitaire (quel que soit leur mode d’exercice, y compris bénévole, et quel que soit leur âge).</t>
+  </si>
+  <si>
+    <t>13/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2021 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290614/fr/strategie-de-vaccination-contre-la-covid-19-place-d-un-rappel-par-le-vaccin-a-arnm-comirnaty</t>
+  </si>
+  <si>
+    <t>p_3290614</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Extension des compétences vaccinales des professionnels de santé</t>
+  </si>
+  <si>
+    <t>Pour multiplier l'offre vaccinale en ambulatoire, tant en termes de lieux que d’intervenants, et simplifier l'accès à la vaccination, la HAS se prononce en faveur de l’extension des compétences vaccinales des pharmaciens, des sages-femmes et des infirmiers pour l’ensemble des vaccins contre la Covid-19 incluant les vaccins à ARNm</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240075/fr/strategie-de-vaccination-contre-le-sars-cov-2-extension-des-competences-vaccinales-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3240075</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Covid-19 Vaccine AstraZeneca®</t>
+  </si>
+  <si>
+    <t>[Mise à jour du 26/02/2021] Le vaccin Covid-19 Vaccine AstraZeneca® a obtenu le 29 janvier 2021 une autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il est indiqué pour l'immunisation active afin de prévenir la Covid-19 causée par le SARS-CoV-2 chez les personnes âgées de 18 ans et plus. La HAS estime que le vaccin AZD1222 développé par Astra Zeneca peut être utilisé, conformément à son AMM et dans le cadre de la stratégie vaccinale préalablement définie par la HAS. Toutefois, dans l’attente de données complémentaires, la HAS recommande de privilégier les vaccins à ARNm chez les personnes âgées de 65 ans et plus, en commençant par les plus âgées et présentant des comorbidités conformément aux populations prioritaires définies dans la stratégie vaccinale. Le vaccin AZD1222 est donc recommandé préférentiellement aux professionnels du secteur de la santé ou du médico-social de moins de 65 ans et aux personnes de moins de 65 ans, en commençant par les personnes âgées de 50 à 64 ans et qui présentent des comorbidités.</t>
+  </si>
+  <si>
+    <t>02/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2021 19:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235868/fr/strategie-de-vaccination-contre-la-covid-19-place-du-covid-19-vaccine-astrazeneca</t>
+  </si>
+  <si>
+    <t>p_3235868</t>
+  </si>
+  <si>
+    <t>Utilisation du vaccin antityphoïdique VIVOTIF® chez les adultes et les enfants âgés de 5 ans et plus</t>
+  </si>
+  <si>
+    <t>VIVOTIF® est un vaccin antityphoïdique vivant atténué qui se présente sous forme de gélules gastro-résistantes. La HAS a pris en compte les données d’efficacité, d’immunogénicité et de tolérance disponibles et considère que VIVOTIF® peut être utilisé selon son AMM, à partir de l’âge de 5 ans, et dans le cadre de la stratégie vaccinale française vis-à-vis de la fièvre typhoïde ciblant spécifiquement les voyageurs exposés au risque.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160429/fr/utilisation-du-vaccin-antityphoidique-vivotif-chez-les-adultes-et-les-enfants-ages-de-5-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3160429</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Prise en charge du risque lié à la coloscopie en gastroentérologie</t>
+  </si>
+  <si>
+    <t>01/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272474/fr/prise-en-charge-du-risque-lie-a-la-coloscopie-en-gastroenterologie</t>
+  </si>
+  <si>
+    <t>c_272474</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique - note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>11/02/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Screening and diagnosis of gestational diabetes mellitus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
+    <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
+  </si>
+  <si>
+    <t>Suite à l’état des lieux sur le dépistage néonatal de la mucoviscidose en 2009, la HAS a évalué la pertinence d’une stratégie de dépistage fondée sur le dosage de la protéine associée à la pancréatite (PAP).</t>
+  </si>
+  <si>
+    <t>12/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2015 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739994/fr/place-de-la-strategie-couplant-les-dosages-de-la-trypsine-immunoreactive-tir-et-de-la-proteine-associee-a-la-pancreatite-pap-dans-le-depistage-systematique-de-la-mucoviscidose-en-france</t>
+  </si>
+  <si>
+    <t>c_1739994</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Rapport de synthèse sur le dépistage et le diagnostic du diabète gestationnel</t>
+  </si>
+  <si>
+    <t>Le diabète gestationnel est un trouble de la tolérance glucidique conduisant à une hyperglycémie de sévérité variable pendant la grossesse.</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/fr/rapport-de-synthese-sur-le-depistage-et-le-diagnostic-du-diabete-gestationnel</t>
   </si>
   <si>
     <t>c_272475</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
+  </si>
+  <si>
+    <t>p_3604647</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Bulimia nervosa and binge eating disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...20 lines deleted...]
-    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Conduite à tenir après le traitement d'urgence d'une suspicion d'anaphylaxie</t>
+  </si>
+  <si>
+    <t>L'objectif de ces messages clés est : d'alerter tous les professionnels de santé, les patients et leur entourage, à la survenue de réactions d’anaphylaxie (contexte, symptômes et conduite à tenir) de constituer dès le premier épisode d’anaphylaxie suspectée un document indispensable ultérieurement pour établir le diagnostic étiologique Ces messages clés ne traitent pas de la prise en charge allergologique diagnostique et thérapeutique d’une réaction anaphylactique.</t>
+  </si>
+  <si>
+    <t>01/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695744/fr/conduite-a-tenir-apres-le-traitement-d-urgence-d-une-suspicion-d-anaphylaxie</t>
+  </si>
+  <si>
+    <t>c_1695744</t>
+  </si>
+  <si>
+    <t>Transfusion de plasma thérapeutique : produits, indications</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2012 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
+  </si>
+  <si>
+    <t>c_1264081</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Consultation diététique réalisée par un diététicien</t>
+  </si>
+  <si>
+    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>01/02/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+    <t>02/01/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
   </si>
   <si>
-    <t>Early management of adult stroke patients - Medical aspects -</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+    <t>CCQ (céphalées chroniques quotidiennes) : diagnostic, rôle de l’abus médicamenteux, prise en charge</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectifs d'améliorer le diagnostic et la prise en charge des céphalées chroniques quotidiennes (CCQ), qui sont insuffisamment connues des professionnels et du public, et plus particulièrement des CCQ par abus médicamenteux en raison de leur fréquence, de leur non-reconnaissance et des particularités de leur prise en charge.# Les questions traitées sont :# 1. Définition des CCQ et diagnostic# 2. Retentissement, qualité de vie et handicap# 3. Facteurs associés (abus médicamenteux, facteurs psychopathologiques et autres)# 4. Prise en charge# 5. Prévention# 6. CCQ chez l'enfant.#</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/fr/ccq-cephalees-chroniques-quotidiennes-diagnostic-role-de-l-abus-medicamenteux-prise-en-charge</t>
   </si>
   <si>
     <t>c_272365</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Interdiction des techniques de lyse adipocytaire* (lipolyse) à visée esthétique</t>
+  </si>
+  <si>
+    <t>Les techniques de lyse adipocytaire proposées pour affiner la silhouette sont présentées comme détruisant la cellulite ou la graisse localisée. Elles sont invasives (laser transcutané, injection d’agents chimiques) ou non invasives (ultra sons, lasers, infrarouges, radiofréquence).</t>
+  </si>
+  <si>
+    <t>08/04/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1045370/fr/interdiction-des-techniques-de-lyse-adipocytaire-lipolyse-a-visee-esthetique</t>
+  </si>
+  <si>
+    <t>c_1045370</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Endomicroscopie confocale par aiguille de ponction pour la caractérisation des tumeurs kystiques pancréatiques</t>
+  </si>
+  <si>
+    <t>En réponse à une saisine de la CNAM, la HAS a évalué le bénéfice/risque de l’endomicroscopie confocale pour la caractérisation des tumeurs kystiques pancréatiques, défini ses indications et ses conditions de réalisation et rendu à cette issue un avis sur le bien-fondé de l’inscription de cet acte à la classification commune des actes médicaux.</t>
+  </si>
+  <si>
+    <t>25/07/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/fr/endomicroscopie-confocale-par-aiguille-de-ponction-pour-la-caracterisation-des-tumeurs-kystiques-pancreatiques</t>
   </si>
   <si>
     <t>p_3305438</t>
   </si>
   <si>
-    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Reassessment of bone substitutes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Actes de prise en charge de plaies complexes à l'aide d'un appareil de traitement par pression négative</t>
+  </si>
+  <si>
+    <t>Évaluation des actes associés à la prise en charge de plaies complexes à l’aide d’un appareil de traitement par pression négative (TPN), en hospitalisation à domicile (HAD)</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 18:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609361/fr/actes-de-prise-en-charge-de-plaies-complexes-a-l-aide-d-un-appareil-de-traitement-par-pression-negative</t>
+  </si>
+  <si>
+    <t>c_2609361</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Assessment of medical devices for home infusion</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux pour la Perfusion à Domicile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de dispositifs médicaux pour la perfusion à domicile ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette réévaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs médicaux pour la perfusion à domicile en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs médicaux pour la perfusion à domicile ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Evaluation of Negative-Pressure Wound Therapy (NPWT)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_927017/en/evaluation-of-negative-pressure-wound-therapy-npwt</t>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Évaluation des traitements des plaies par pression négative (TPN)</t>
+  </si>
+  <si>
+    <t>* Evaluer les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation du TPN * Recommander les conditions d’utilisation et de prescription</t>
+  </si>
+  <si>
+    <t>04/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_927017/fr/evaluation-des-traitements-des-plaies-par-pression-negative-tpn</t>
   </si>
   <si>
     <t>c_927017</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Conditions de réalisation des actes d'implantologie orale : environnement technique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport d’évaluation technologique est d’aider les professionnels de santé concernés : chirurgiens-dentistes, stomatologues, chirurgiens maxillo-faciaux dans leur pratique de la chirurgie implantaire et plus spécifiquement sur les conditions techniques à réunir pour poser des implants intrabuccaux selon les données scientifiques actuelles.</t>
+  </si>
+  <si>
+    <t>02/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_679792/fr/conditions-de-realisation-des-actes-d-implantologie-orale-environnement-technique</t>
+  </si>
+  <si>
+    <t>c_679792</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0061/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de pulpotomie thérapeutique (partielle ou complète) sur dent permanente mature</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:14:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784827/fr/avis-n2025-0061/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-pulpotomie-therapeutique-partielle-ou-complete-sur-dent-permanente-mature</t>
+  </si>
+  <si>
+    <t>p_3784827</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>26/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2877192</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0115/DC/SEM du 18 juillet 2018 du collège de la Haute Autorité de santé portant adoption de la recommandation relative à la prise en charge à titre dérogatoire de l’éplérénone dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire des spécialités à base d’éplérénone (INSPRA (médicament princeps) et l’ensemble des spécialités appartenant au groupe générique) dans le cadre d’une recommandation temporaire d’utilisation, dans le « traitement chez les adultes de l’hyperaldostéronisme primaire en cas d’intolérance à la spironolactone », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>18/07/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869273/fr/decision-n-2018-0115/dc/sem-du-18-juillet-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-eplerenone-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2869273</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0178/DC/SEM du 8 juillet 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d'AVASTIN (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# * la dégénérescence maculaire liée à l’âge (DMLA), première de cause de malvoyance après 65 ans dans les pays occidentaux. * l’absence de spécialité remboursable de même principe actif, de même dosage et de même forme pharmaceutique ; * le fait que le bevacizumab ait un intérêt thérapeutique pour les patients atteints de dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire,# le Collège de la HAS considère que la spécialité AVASTIN 25 mg/ml, solution à diluer pour perfusion peut faire l’objet d’une prise en charge dérogatoire dans le traitement de la dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire dans les situations où le prescripteur juge son utilisation indispensable pour améliorer l’état de santé des patients ou éviter leur dégradation.</t>
+  </si>
+  <si>
+    <t>08/07/2015 17:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045913/fr/decision-n-2015-0178/dc/sem-du-8-juillet-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2045913</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0039/AC/SEM du 14 mai 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité FOLCEPRI (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Suite à un avis favorable du CHMP le 20 mars 2014 pour la spécialité FOLCEPRI la HAS a été saisie par l'ANSM, afin d’identifier les alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité conformément à l'article L. 162-16-5-2 du code de la sécurité sociale et a rendu l'avis joint. Le 19 mai 2014 la demande d'AMM a été retirée par le demandeur.</t>
+  </si>
+  <si>
+    <t>14/05/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>13/06/2014 10:36:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1746906/fr/avis-n-2014-0039/ac/sem-du-14-mai-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-folcepri-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1746906</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>04/30/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
   </si>
   <si>
     <t>FERROSTRANE (férédétate de sodium)</t>
   </si>
   <si>
-    <t>04/02/2025 17:56:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984943/en/ferrostrane-feredetate-de-sodium</t>
+    <t>02/04/2025 17:56:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984943/fr/ferrostrane-feredetate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984943</t>
   </si>
   <si>
     <t>férédétate de sodium</t>
   </si>
   <si>
     <t>TEOFARMA SRL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642421/en/ferrostrane-edetate-de-fer-sodique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599704/en/ferrostrane-infants-sodium-feredetate-iron-deficiency-anaemia</t>
+    <t>https://www.has-sante.fr/jcms/c_642421/fr/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363125/fr/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599704/fr/ferrostrane-nourrissons-feredetate-de-sodium-carence-martiale</t>
+  </si>
+  <si>
+    <t>GLYCEROPHOSPHATE DE SODIUM KABI (glycérophosphate de sodium anhydre)</t>
+  </si>
+  <si>
+    <t>10/01/2025 08:42:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577098/fr/glycerophosphate-de-sodium-kabi-glycerophosphate-de-sodium-anhydre</t>
+  </si>
+  <si>
+    <t>p_3577098</t>
+  </si>
+  <si>
+    <t>glycérophosphate de sodium anhydre</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577033/fr/glycerophosphate-de-sodium-kabi-glycerophosphate-de-sodium-anhydre-solution-d-electrolytes</t>
   </si>
   <si>
     <t>PHEBURANE (phénylbutyrate de sodium)</t>
   </si>
   <si>
-    <t>01/09/2025 09:27:51</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984832/en/pheburane-phenylbutyrate-de-sodium</t>
+    <t>09/01/2025 09:27:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984832/fr/pheburane-phenylbutyrate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984832</t>
   </si>
   <si>
     <t>phénylbutyrate de sodium</t>
   </si>
   <si>
     <t>LUCANE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1720968/en/pherubane</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3576423/en/pheburane-sodium-phenylbutyrate-urea-cycle-disorders</t>
+    <t>https://www.has-sante.fr/jcms/c_1720968/fr/pheburane-phenylbutyrate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576423/fr/pheburane-phenylbutyrate-de-sodium-desordres-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>DEPAKOTE - DEPAMIDE (divalproate de sodium/valpromide)</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983441/fr/depakote-depamide-divalproate-de-sodium/valpromide</t>
+  </si>
+  <si>
+    <t>pprd_2983441</t>
+  </si>
+  <si>
+    <t>divalproate de sodium,valpromide</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538018/fr/depakote-divalproate-de-sodium/-valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106820/fr/depakote-divalproate-de-sodium/-valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620153/fr/depakote-divalproate-de-sodium/-valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818025/fr/depakote-depamide-divalproate-de-sodium/-valpromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529879/fr/depakine-micropakine-depakine-chrono-depakote-depamide-valproate-de-sodium-valproate-de-sodium/acide-valproique-divalproate-de-sodium-valpromide-epilepsie-et-troubles-bipolaires</t>
   </si>
   <si>
     <t>HYDROCORTISONE (hydrocortisone/hydrocortisone hémisuccinate sel de sodium/succinate sodique d’hydrocortisone)</t>
   </si>
   <si>
-    <t>05/17/2024 09:21:42</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982851/en/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
+    <t>17/05/2024 09:21:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982851/fr/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
   </si>
   <si>
     <t>pprd_2982851</t>
   </si>
   <si>
     <t>hydrocortisone,hydrocortisone hémisuccinate sel de sodium,succinate sodique d’hydrocortisone</t>
   </si>
   <si>
     <t>BIOCODEX/ LEURQUIN MEDIOLANUM/ PANPHARMA/ SANOFI-AVENTIS FRANCE/ SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398962/en/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3516789/en/hydrocortisone-pharmis-hydrocortisone-sodium-succinate-corticosteroid</t>
+    <t>https://www.has-sante.fr/jcms/c_398962/fr/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460058/fr/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724544/fr/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970615/fr/hydrocortisone-upjohn-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670234/fr/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023184/fr/hydrocortisone-upjohn-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608656/fr/hydrocortisone-biocodex-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796794/fr/hydrocortisone-panpharma-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908463/fr/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516789/fr/hydrocortisone-pharmis-succinate-sodique-d-hydrocortisone-corticoide</t>
+  </si>
+  <si>
+    <t>POLYSTYRENE SULFONATE DE SODIUM SUBSTIPHARM (polystyrène sulfonate de sodium)</t>
+  </si>
+  <si>
+    <t>28/03/2024 15:27:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502632/fr/polystyrene-sulfonate-de-sodium-substipharm-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3502632</t>
+  </si>
+  <si>
+    <t>polystyrène sulfonate de sodium</t>
+  </si>
+  <si>
+    <t>SUBSTIPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502273/fr/polystyrene-sulfonate-de-sodium-substipharm-polystyrene-sulfonate-de-sodium-hyperkaliemie</t>
+  </si>
+  <si>
+    <t>MONTEK 10-40 GBq (pertechnétate [99m Tc] de sodium)</t>
+  </si>
+  <si>
+    <t>14/11/2022 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385150/fr/montek-10-40-gbq-pertechnetate-99m-tc-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3385150</t>
+  </si>
+  <si>
+    <t>pertechnétate [99m Tc] de sodium</t>
+  </si>
+  <si>
+    <t>MONROL EUROPE S.R.L.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382733/fr/montek-10-40-gbq-pertechnetate-99m-tc-de-sodium</t>
+  </si>
+  <si>
+    <t>CIVARON (Citrate de sodium)</t>
+  </si>
+  <si>
+    <t>02/09/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361522/fr/civaron-citrate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3361522</t>
+  </si>
+  <si>
+    <t>Citrate de sodium</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361547/fr/civaron-sodium-citrate-de-anticoagulation-regionale-au-citrate-arc</t>
+  </si>
+  <si>
+    <t>CLOXACILLINE (cloxacilline sodium)</t>
+  </si>
+  <si>
+    <t>23/05/2022 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161213/fr/cloxacilline-cloxacilline-sodium</t>
+  </si>
+  <si>
+    <t>p_3161213</t>
+  </si>
+  <si>
+    <t>cloxacilline sodium</t>
+  </si>
+  <si>
+    <t>PANPHARMA S.A./ STRAGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159921/fr/cloxacilline-stragen-cloxacilline-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287326/fr/cloxacilline-stragen-500mg-2g-cloxacilline-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338768/fr/cloxacilline-stragen-cloxacilline-sodique-infections-aux-staphylocoques-et/ou-aux-streptocoques-sensibles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152683/fr/cloxacilline-panpharma-cloxacilline-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017123/fr/cloxacilline-panpharma-cloxacilline-sodique</t>
+  </si>
+  <si>
+    <t>DAKIN COOPER STABILISE (solution d'hypochlorite de sodium)</t>
+  </si>
+  <si>
+    <t>07/12/2021 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984807/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984807</t>
+  </si>
+  <si>
+    <t>solution d'hypochlorite de sodium</t>
+  </si>
+  <si>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732201/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060119/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729184/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302599/fr/dakin-cooper-stabilise-solution-d-hypochlorite-de-sodium</t>
+  </si>
+  <si>
+    <t>RESINSODIUM (polystyrène sulfonate de sodium)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181230/fr/resinsodium-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3181230</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181089/fr/resinsodium-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>MAINTELYTE (glucose/ chlorure de sodium/ trihydrate d’acétate de sodium/ chlorure ...)</t>
+  </si>
+  <si>
+    <t>27/03/2020 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167144/fr/maintelyte-glucose/-chlorure-de-sodium/-trihydrate-d-acetate-de-sodium/-chlorure</t>
+  </si>
+  <si>
+    <t>p_3167144</t>
+  </si>
+  <si>
+    <t>glucose,chlorure de sodium,trihydrate d’acétate de sodium,chlorure de potassium,chlorure de magnésium hexahydraté</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166659/fr/maintelyte-glucose/-chlorure-de-sodium/-trihydrate-d-acetate-de-sodium/-chlorure</t>
   </si>
   <si>
     <t>TECHNESCAN (pyrophosphate de sodium/ chlorure stanneux)</t>
   </si>
   <si>
-    <t>03/19/2020 16:56:36</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985496/en/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
+    <t>19/03/2020 16:56:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985496/fr/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
   </si>
   <si>
     <t>pprd_2985496</t>
   </si>
   <si>
     <t>pyrophosphate de sodium,chlorure stanneux</t>
   </si>
   <si>
     <t>MALLINCKRODT FRANCE / CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_460235/en/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3164672/en/technescan-dtpa-acide-pentetique-acide-diethylenetriamine-pentaacetique</t>
+    <t>https://www.has-sante.fr/jcms/c_460235/fr/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446706/fr/technescan-pyrophosphate-de-sodium/-chlorure-stanneux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164672/fr/technescan-dtpa-acide-pentetique-acide-diethylenetriamine-pentaacetique</t>
+  </si>
+  <si>
+    <t>OXYBATE DE SODIUM (oxybate de sodium)</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146728/fr/oxybate-de-sodium-oxybate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3146728</t>
+  </si>
+  <si>
+    <t>oxybate de sodium</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE / REIG JOFRE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146614/fr/oxybate-de-sodium-kalceks-oxybate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147242/fr/oxybate-de-sodium-reig-jofre-oxybate-de-sodium</t>
   </si>
   <si>
     <t>COLOBREATHE (colistiméthate de sodium)</t>
   </si>
   <si>
-    <t>12/09/2019 09:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984804/en/colobreathe-colistimethate-de-sodium</t>
+    <t>09/12/2019 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984804/fr/colobreathe-colistimethate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984804</t>
   </si>
   <si>
     <t>colistiméthate de sodium</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1638060/en/colobreathe-colistine-polymyxine-par-voie-inhalee</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3123997/en/colobreathe-colistimethate-de-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_1638060/fr/colobreathe-colistine-polymyxine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730050/fr/colobreathe-colistimethate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123997/fr/colobreathe-colistimethate-de-sodium</t>
+  </si>
+  <si>
+    <t>SUBSOL (bicarbonate/ calcium/ chlorure/ glucose anhydre/ magnésium/ potassium/...)</t>
+  </si>
+  <si>
+    <t>11/10/2019 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111926/fr/subsol-bicarbonate/-calcium/-chlorure/-glucose-anhydre/-magnesium/-potassium/</t>
+  </si>
+  <si>
+    <t>p_3111926</t>
+  </si>
+  <si>
+    <t>bicarbonate,calcium,chlorure,glucose anhydre,magnésium,potassium,sodium</t>
+  </si>
+  <si>
+    <t>B. BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108967/fr/subsol-bicarbonate/-calcium/-chlorure/-glucose-anhydre/-magnesium/-potassium/</t>
+  </si>
+  <si>
+    <t>EXTRANEAL (icodextrine/ sodium (chlorure de)/ calcium (chlorure de)/ magnésium (c...)</t>
+  </si>
+  <si>
+    <t>31/01/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982890/fr/extraneal-icodextrine/-sodium-chlorure-de-/-calcium-chlorure-de-/-magnesium-c</t>
+  </si>
+  <si>
+    <t>pprd_2982890</t>
+  </si>
+  <si>
+    <t>icodextrine,sodium (chlorure de),calcium (chlorure de),magnésium (chlorure de),sodium (lactate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716265/fr/extraneal-icodextrine/-sodium-chlorure-de-/-calcium-chlorure-de-/-magnesium-c</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901464/fr/extraneal-icodextrine/-sodium-chlorure-de-/-calcium-chlorure-de-/-magnesium-c</t>
+  </si>
+  <si>
+    <t>NAABAK - NAAXIA - NAAXIAFREE (sodium (isospaglumate de))</t>
+  </si>
+  <si>
+    <t>12/12/2018 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982970/fr/naabak-naaxia-naaxiafree-sodium-isospaglumate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982970</t>
+  </si>
+  <si>
+    <t>sodium (isospaglumate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400803/fr/naabak-4-9-collyre-en-solution-flacon-de-5-et-10-ml-naaxia-4-9-collyre-en-solution-flacon-de-10-ml-naaxia-19-6-mg/0-4-ml-collyre-en-recipient-unidose-boite-de-36-naaxiafree-4-9-collyre-en-solution-flacon-de-5-ml-et-10-ml-flacon-de-10-ml-non-inscrit-mais-avait-ete-examine-par-la-commission</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632491/fr/naabak-sodium-isospaglumate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343150/fr/naabak-naaxia-naaxiafree-sodium-isospaglumate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2890831/fr/naabak-naaxia-naaxiafree-sodium-isospaglumate-de</t>
+  </si>
+  <si>
+    <t>ADROVANCE (colécalciférol/ sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:10:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983206/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983206</t>
+  </si>
+  <si>
+    <t>colécalciférol,sodium (alendronate de)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493599/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219563/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859874/fr/adrovance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>OPTICRON (cromoglycate de sodium)</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983390/fr/opticron-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983390</t>
+  </si>
+  <si>
+    <t>cromoglycate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399753/fr/opticron-unidose-collyre-recipient-unidose-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400815/fr/opticron-2-collyre-flacon-de-5-ml-opticron-unidose-collyre-en-recipient-unidose-boite-de-20-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559786/fr/opticron-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241670/fr/opticron-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656307/fr/opticron-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827570/fr/opticron-unidose-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>NORMACOL LAVEMENT ENFANTS - ADULTES (gomme de sterculia/ dihydrogénophosphate de sodium dihydraté/ hydrogén...)</t>
+  </si>
+  <si>
+    <t>29/01/2018 09:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983464/fr/normacol-lavement-enfants-adultes-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>pprd_2983464</t>
+  </si>
+  <si>
+    <t>gomme de sterculia,dihydrogénophosphate de sodium dihydraté,hydrogénophosphate de sodium dodécahydraté</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603241/fr/normacol-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900509/fr/normacol-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118585/fr/normacol-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528332/fr/normacol-lavement-enfants-adultes-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046964/fr/normacol-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2809378/fr/normacol-lavement-enfants-adultes-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>TRACUTIL (chromique/ cuivre/ ferreux (chlorure) tétrahydraté/ manganese/ sodium ...)</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983514/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983514</t>
+  </si>
+  <si>
+    <t>chromique,cuivre,ferreux (chlorure) tétrahydraté,manganese,sodium (molybdate de) dihydraté,sodium (fluorure de),solution d’oligo-éléments,potassium (iodure de),sodium (sélénite de) pentahydraté,zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532424/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332074/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797161/fr/tracutil-chromique/-cuivre/-ferreux-chlorure-tetrahydrate/-manganese/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399347/fr/tracutil-solution-a-diluer-pour-perfusion-ampoule-de-10ml-boite-de-5</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
   </si>
   <si>
     <t>JUNIMIN (gluconate de manganèse/ gluconate de cuivre/ gluconate de zinc/ séléni...)</t>
   </si>
   <si>
-    <t>10/18/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983543/en/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
+    <t>18/10/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983543/fr/junimin-gluconate-de-manganese/-gluconate-de-cuivre/-gluconate-de-zinc/-seleni</t>
   </si>
   <si>
     <t>pprd_2983543</t>
   </si>
   <si>
     <t>gluconate de manganèse,gluconate de cuivre,gluconate de zinc,sélénite de sodium,iodure de potassium</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788653/en/junimin-copper-iodine-manganese-selenium-zinc-trace-elements</t>
+    <t>https://www.has-sante.fr/jcms/c_2788653/fr/junimin-cuivre-iode-manganese-selenium-zinc-oligo-elements</t>
+  </si>
+  <si>
+    <t>KAYEXALATE (polystyrène sulfonate de sodium)</t>
+  </si>
+  <si>
+    <t>03/11/2016 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983904/fr/kayexalate-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983904</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455880/fr/kayexalate-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104037/fr/kayexalate-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679434/fr/kayexalate-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>FLEETPHOSPHOSODA (dihydrogénophosphate de sodium/ hydrogénophosphate de sodium)</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983936/fr/fleetphosphosoda-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983936</t>
+  </si>
+  <si>
+    <t>dihydrogénophosphate de sodium,hydrogénophosphate de sodium</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221613/fr/fleetphosphosoda-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676729/fr/fleetphosphosoda-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538070/fr/fleet-phospho-soda-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399823/fr/fleet-phospho-soda-solution-buvable-flacon-de-45-ml-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399380/fr/fleetphosphosoda-solution-buvable-45-ml-en-flacon-b/2-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>LOMUSOL (cromoglycate de sodium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983937/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983937</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399149/fr/lomusol-4-pour-cent-solution-pour-pulverisation-nasale-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468387/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1074098/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098661/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676720/fr/lomusol-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>FOSAVANCE (colécalciférol/ sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984064/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984064</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460024/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971039/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655944/fr/fosavance-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400659/fr/fosavance-comprime-boites-de-4-et-12-colecalciferol/-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>BIPHOZYL (sodium/ potassium/ magnésium/ phosphate d’hydrogène/ chlorure/ bicarbo...)</t>
+  </si>
+  <si>
+    <t>09/06/2016 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984091/fr/biphozyl-sodium/-potassium/-magnesium/-phosphate-d-hydrogene/-chlorure/-bicarbo</t>
+  </si>
+  <si>
+    <t>pprd_2984091</t>
+  </si>
+  <si>
+    <t>sodium,potassium,magnésium,phosphate d’hydrogène,chlorure,bicarbonate</t>
+  </si>
+  <si>
+    <t>GAMBRO HOSPAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636942/fr/biphozyl-sodium/-potassium/-magnesium/-phosphate-d-hydrogene/-chlorure/-bicarbo</t>
+  </si>
+  <si>
+    <t>QUADRASA (p-aminosalicylate de sodium)</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984316/fr/quadrasa-p-aminosalicylate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984316</t>
+  </si>
+  <si>
+    <t>p-aminosalicylate de sodium</t>
+  </si>
+  <si>
+    <t>NORGINE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401031/fr/quadrasa-p-aminosalicylate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003605/fr/quadrasa-p-aminosalicylate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572475/fr/quadrasa-p-aminosalicylate-de-sodium</t>
+  </si>
+  <si>
+    <t>NUTRYELT (molybdate de sodium/ gluconate de manganèse/ fluorure de sodium/ iodur...)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984360/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>pprd_2984360</t>
+  </si>
+  <si>
+    <t>molybdate de sodium,gluconate de manganèse,fluorure de sodium,iodure de potassium,gluconate de cuivre,chlorure chromique,gluconate ferreux,gluconate de zinc,sélénite de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028095/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564426/fr/nutryelt-molybdate-de-sodium/-gluconate-de-manganese/-fluorure-de-sodium/-iodur</t>
+  </si>
+  <si>
+    <t>SUPPLIVEN (sodium (molybdate de) dihydraté/ ferrique (chlorure) hexahydraté/ sodi...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984365/fr/suppliven-sodium-molybdate-de-dihydrate/-ferrique-chlorure-hexahydrate/-sodi</t>
+  </si>
+  <si>
+    <t>pprd_2984365</t>
+  </si>
+  <si>
+    <t>sodium (molybdate de) dihydraté,ferrique (chlorure) hexahydraté,sodium (fluorure de),potassium (iodure de),manganèse (chlorure de) tétrahydraté,cuivre (chlorure de) dihydraté,chromique (chlorure) hexahydraté,zinc (chlorure de),sodium (sélénite de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564403/fr/suppliven-sodium-molybdate-de-dihydrate/-ferrique-chlorure-hexahydrate/-sodi</t>
+  </si>
+  <si>
+    <t>STEOVESS (sodium (alendronate de))</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984536/fr/steovess-sodium-alendronate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984536</t>
+  </si>
+  <si>
+    <t>sodium (alendronate de)</t>
+  </si>
+  <si>
+    <t>EXPANSCIENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034346/fr/steovess-sodium-alendronate-de</t>
   </si>
   <si>
     <t>HYALGAN (hyaluronate de sodium)</t>
   </si>
   <si>
-    <t>12/10/2014 18:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984644/en/hyalgan-hyaluronate-de-sodium</t>
+    <t>10/12/2014 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984644/fr/hyalgan-hyaluronate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984644</t>
   </si>
   <si>
     <t>hyaluronate de sodium</t>
   </si>
   <si>
-    <t>EXPANSCIENCE</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1782511/en/hyalgan</t>
+    <t>https://www.has-sante.fr/jcms/c_400123/fr/hyalgan-20-mg/2-ml-solution-injectable-par-voie-intra-articulaire-en-seringue-pre-remplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954778/fr/hyalgan-hyaluronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782511/fr/hyalgan-hyaluronate-de-sodium</t>
   </si>
   <si>
     <t>ISOVOL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
   </si>
   <si>
-    <t>02/24/2015 09:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984651/en/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+    <t>24/02/2015 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984651/fr/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
   </si>
   <si>
     <t>pprd_2984651</t>
   </si>
   <si>
     <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,sodium (acétate de) trihydraté,malique (acide),hydroxyéthylamidon 130 000</t>
   </si>
   <si>
     <t>B BRAUN MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1777265/en/isovol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
+    <t>https://www.has-sante.fr/jcms/c_1777265/fr/isovol-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
+  </si>
+  <si>
+    <t>NAF META TRACE (sodium (fluorure (18F) de))</t>
+  </si>
+  <si>
+    <t>24/06/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984751/fr/naf-meta-trace-sodium-fluorure-18f-de</t>
+  </si>
+  <si>
+    <t>pprd_2984751</t>
+  </si>
+  <si>
+    <t>sodium (fluorure (18F) de)</t>
+  </si>
+  <si>
+    <t>PETNET SOLUTONS SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748406/fr/naf-meta-trace-sodium-fluorure-18f-de</t>
+  </si>
+  <si>
+    <t>TROMBOVAR (tétradécyl sulfate de sodium)</t>
+  </si>
+  <si>
+    <t>06/05/2014 20:23:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984778/fr/trombovar-tetradecyl-sulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984778</t>
+  </si>
+  <si>
+    <t>tétradécyl sulfate de sodium</t>
+  </si>
+  <si>
+    <t>KREUSSLER PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260385/fr/trombovar-tetradecyl-sulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739148/fr/trombovar-tetradecyl-sulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>PLASMALYTE VIAFLO (sodium (gluconate de)/ sodium (chlorure de)/ potassium (chlorure de)/ ...)</t>
+  </si>
+  <si>
+    <t>28/11/2013 18:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984870/fr/plasmalyte-viaflo-sodium-gluconate-de-/-sodium-chlorure-de-/-potassium-chlorure-de-/</t>
+  </si>
+  <si>
+    <t>pprd_2984870</t>
+  </si>
+  <si>
+    <t>sodium (gluconate de),sodium (chlorure de),potassium (chlorure de),magnésium (chlorure de) hexahydraté,sodium (acétate de) trihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701290/fr/plasmalyte-viaflo-sodium-gluconate-de-/-sodium-chlorure-de-/-potassium-chlorure-de-/</t>
+  </si>
+  <si>
+    <t>LOMUDAL (cromoglycate de sodium)</t>
+  </si>
+  <si>
+    <t>04/01/2012 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985061/fr/lomudal-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985061</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399148/fr/lomudal-5mg/dose-suspension-pour-inhalation-en-flacon-pressurise-112-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455921/fr/lomudal-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192714/fr/lomudal-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>TRACITRANS (chlorure de chrome hexahydraté/ chlorure de cuivre dihydraté/ chlorure...)</t>
+  </si>
+  <si>
+    <t>11/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985173/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>pprd_2985173</t>
+  </si>
+  <si>
+    <t>chlorure de chrome hexahydraté,chlorure de cuivre dihydraté,chlorure de manganèse tétrahydraté,chlorure de zinc,chlorure ferrique hexahydraté,,fluorure de sodium,Iodure de potassium,molybdate de sodium dihydraté,sélénite de sodium pentahydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057899/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400993/fr/tracitrans-solution-a-diluer-pour-perfusion-10-ampoules-en-verre-de-10-ml-cip-354-016-8</t>
   </si>
   <si>
     <t>IASOflu (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>03/09/2011 10:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985199/en/iasoflu-fluorure-18f-de-sodium</t>
+    <t>09/03/2011 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985199/fr/iasoflu-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985199</t>
   </si>
   <si>
     <t>fluorure (18F) de sodium</t>
   </si>
   <si>
     <t>Laboratoire IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036283/en/iasoflu</t>
+    <t>https://www.has-sante.fr/jcms/c_1036283/fr/iasoflu-fluorure-18f-de-sodium</t>
+  </si>
+  <si>
+    <t>LYTOS (clodronate de sodium tétrahydraté)</t>
+  </si>
+  <si>
+    <t>21/07/2010 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985217/fr/lytos-clodronate-de-sodium-tetrahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985217</t>
+  </si>
+  <si>
+    <t>clodronate de sodium tétrahydraté</t>
+  </si>
+  <si>
+    <t>Laboratoire ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400322/fr/lytos-520-mg-comprime-pellicule-boite-de-30-code-cip-340-424-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019642/fr/lytos-clodronate-de-sodium-tetrahydrate</t>
+  </si>
+  <si>
+    <t>RINGER LACTATE AGUETTANT (sodium/ potassium/ calcium/ chlorures/ lactates)</t>
+  </si>
+  <si>
+    <t>06/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985249/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+  </si>
+  <si>
+    <t>pprd_2985249</t>
+  </si>
+  <si>
+    <t>sodium,potassium,calcium,chlorures,lactates</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400724/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991890/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
   </si>
   <si>
     <t>CISNAF (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>06/04/2012 17:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985253/en/cisnaf-fluorure-18f-de-sodium</t>
+    <t>04/06/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985253/fr/cisnaf-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985253</t>
   </si>
   <si>
     <t>Laboratoire CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_990894/en/cisnaf</t>
+    <t>https://www.has-sante.fr/jcms/c_990894/fr/cisnaf-fluorure-18f-de-sodium</t>
+  </si>
+  <si>
+    <t>IONITAN (solution polyionique (sodium, potassium, calcium,...phosphate))</t>
+  </si>
+  <si>
+    <t>06/01/2010 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985310/fr/ionitan-solution-polyionique-sodium-potassium-calcium-phosphate</t>
+  </si>
+  <si>
+    <t>pprd_2985310</t>
+  </si>
+  <si>
+    <t>solution polyionique (sodium, potassium, calcium,...phosphate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900466/fr/ionitan-solution-polyionique-sodium-potassium-calcium-phosphate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400141/fr/ionitan-solution-a-diluer-pour-perfusion-boite-de-1-flacon-verre-de-50-ml-rempli-a-40-ml-code-cip-321-779-2</t>
+  </si>
+  <si>
+    <t>POLYIONIQUE BAXTER (glucose, chlorures, sodium et potassium)</t>
+  </si>
+  <si>
+    <t>16/11/2009 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985317/fr/polyionique-baxter-glucose-chlorures-sodium-et-potassium</t>
+  </si>
+  <si>
+    <t>pprd_2985317</t>
+  </si>
+  <si>
+    <t>glucose, chlorures, sodium et potassium</t>
+  </si>
+  <si>
+    <t>Laboratoire BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398909/fr/polyionique-b66-ap-hp-solution-pour-perfusion-250-ml-flacon-de-verre-boite-de-12-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399160/fr/polyionique-b46-ap-hp-solution-pour-perfusion-250-ml-flacon-de-verre-boite-de-12-flacons-500-ml-flacon-de-verre-boite-de-12-flacons-glucose-chlorures-sodium-et-potassium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400030/fr/polyionique-b27-fresenius-solution-pour-perfusion-poche-pvc-de-500-ml-code-cip-361-881-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874864/fr/polyionique-formule-1a-g5-baxter-glucose-chlorures-sodium-et-potassium</t>
+  </si>
+  <si>
+    <t>NEUTRAVERA (sodium/ calcium/ magnésium/ chlorure/ lactate/ glucose)</t>
+  </si>
+  <si>
+    <t>06/02/2008 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985397/fr/neutravera-sodium/-calcium/-magnesium/-chlorure/-lactate/-glucose</t>
+  </si>
+  <si>
+    <t>pprd_2985397</t>
+  </si>
+  <si>
+    <t>sodium,calcium,magnésium,chlorure,lactate,glucose</t>
+  </si>
+  <si>
+    <t>Laboratoires FRESENIUS MEDICAL CARE France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642830/fr/neutravera-sodium/-calcium/-magnesium/-chlorure/-lactate/-glucose</t>
+  </si>
+  <si>
+    <t>ISOFUNDINE (chlorure de sodium/ chlorure de potassium/ chlorure de magnésium hexahydraté/ chlorure de calcium dihydraté/ acétate de sodium trihydraté/ acide malique)</t>
+  </si>
+  <si>
+    <t>10/10/2007 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985423/fr/isofundine-chlorure-de-sodium/-chlorure-de-potassium/-chlorure-de-magnesium-hexahydrate/-chlorure-de-calcium-dihydrate/-acetate-de-sodium-trihydrate/-acide-malique</t>
+  </si>
+  <si>
+    <t>pprd_2985423</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,acétate de sodium trihydraté,acide malique</t>
+  </si>
+  <si>
+    <t>B BRAUN Medical</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603026/fr/isofundine-chlorure-de-sodium/-chlorure-de-potassium/-chlorure-de-magnesium-hexahydrate/-chlorure-de-calcium-dihydrate/-acetate-de-sodium-trihydrate/-acide-malique</t>
+  </si>
+  <si>
+    <t>RENUTRYL (palmitate de rétinol/ nitrate de thiamine/ riboflavine/ pantothénate de calcium/ chlorhydrate de pyridoxine/ acide ascorbique/ nicotinamide/ oxyde de magnésium lourd/ chlorure de potassium/ sulfate de manganèse monohydraté/ sulfate ferreux/ caséinate de sodium/ lactoprotéines/ levures lactiques/ lait sec écrémé/ huile de soja/ huile de beurre/ sirop de glucose déshydraté/ saccharose)</t>
+  </si>
+  <si>
+    <t>13/12/2006 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985476/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>pprd_2985476</t>
+  </si>
+  <si>
+    <t>palmitate de rétinol,nitrate de thiamine,riboflavine,pantothénate de calcium,chlorhydrate de pyridoxine,acide ascorbique,nicotinamide,oxyde de magnésium lourd,chlorure de potassium,sulfate de manganèse monohydraté,sulfate ferreux,caséinate de sodium,lactoprotéines,levures lactiques,lait sec écrémé,huile de soja,huile de beurre,sirop de glucose déshydraté,saccharose</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474588/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
+  </si>
+  <si>
+    <t>CROMOGLYCATE CHAUVIN (cromoglycate de sodium)</t>
+  </si>
+  <si>
+    <t>19/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985637/fr/cromoglycate-chauvin-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985637</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399617/fr/cromoglycate-chauvin-2-collyre-en-solution-flacon-de-10-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400776/fr/cromoglycate-chauvin-2-collyre-en-solution-flacon-de-10-ml-cromoglycate-de-sodium</t>
+  </si>
+  <si>
+    <t>TROPHYSAN L (L-Tryptophane/ L-Arginine chlorhydrate/ L-Isoleucine/ L-Thréonine/ L-Phénylalanine/ L-Valine/ L-Leucine/ L-Méthionine/ L-Lysine chlorhydrate/ Glycine/ Pyridoxine chlorhydrate/ Acide ascorbique/ Nicotinamide/ Chlorure de cobalt hexahydraté/ Chlorure de manganèse tétrahydraté/ Bicarbonate de potassium/ Chlorure de potassium/ Chlorure de sodium, Inositol/ Sorbitol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985701/fr/trophysan-l-l-tryptophane/-l-arginine-chlorhydrate/-l-isoleucine/-l-threonine/-l-phenylalanine/-l-valine/-l-leucine/-l-methionine/-l-lysine-chlorhydrate/-glycine/-pyridoxine-chlorhydrate/-acide-ascorbique/-nicotinamide/-chlorure-de-cobalt-hexahydrate/-chlorure-de-manganese-tetrahydrate/-bicarbonate-de-potassium/-chlorure-de-potassium/-chlorure-de-sodium-inositol/-sorbitol</t>
+  </si>
+  <si>
+    <t>pprd_2985701</t>
+  </si>
+  <si>
+    <t>L-Tryptophane,L-Arginine chlorhydrate,L-Isoleucine,L-Thréonine,L-Phénylalanine,L-Valine,L-Leucine,L-Méthionine,L-Lysine chlorhydrate,Glycine,Pyridoxine chlorhydrate,Acide ascorbique,Nicotinamide,Chlorure de cobalt hexahydraté,Chlorure de manganèse tétrahydraté,Bicarbonate de potassium,Chlorure de potassium,Chlorure de sodium,Inositol,Sorbitol</t>
+  </si>
+  <si>
+    <t>BAXTER/clintec parentérale SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400576/fr/trophysan-l-l-tryptophane/-l-arginine-chlorhydrate/-l-isoleucine/-l-threonine/-l-phenylalanine/-l-valine/-l-leucine/-l-methionine/-l-lysine-chlorhydrate/-glycine/-pyridoxine-chlorhydrate/-acide-ascorbique/-nicotinamide/-chlorure-de-cobalt-hexahydrate/-chlorure-de-manganese-tetrahydrate/-bicarbonate-de-potassium/-chlorure-de-potassium/-chlorure-de-sodium-inositol/-sorbitol</t>
+  </si>
+  <si>
+    <t>PROPIONATE DE SODIUM CHIBRET (Propionate de sodium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985723/fr/propionate-de-sodium-chibret-propionate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985723</t>
+  </si>
+  <si>
+    <t>Propionate de sodium</t>
+  </si>
+  <si>
+    <t>MERCK SHARP &amp; DOME-CHIBRET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400541/fr/propionate-de-sodium-chibret-5-collyre-flacon-de-10-ml-codes-cip-343-345-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400542/fr/propionate-de-sodium-chibret-5-pour-cent-solution-pour-instillation-auriculaire-flacon-de-10-ml-code-cip-302-170-6</t>
+  </si>
+  <si>
+    <t>HEPARGITOL (acide citrique/ sorbitol/ chlorhydrate d’arginine/ sulfate de sodium anhydre/ hydrogénophosphate de sodium)</t>
+  </si>
+  <si>
+    <t>02/03/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985760/fr/hepargitol-acide-citrique/-sorbitol/-chlorhydrate-d-arginine/-sulfate-de-sodium-anhydre/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985760</t>
+  </si>
+  <si>
+    <t>acide citrique,sorbitol,chlorhydrate d’arginine,sulfate de sodium anhydre,hydrogénophosphate de sodium</t>
+  </si>
+  <si>
+    <t>ELERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400487/fr/hepargitol-acide-citrique/-sorbitol/-chlorhydrate-d-arginine/-sulfate-de-sodium-anhydre/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>ACTISOUFRE (monosulfure de sodium monohydrate/ levures tuées saccharomyces cerevisiae)</t>
+  </si>
+  <si>
+    <t>08/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985828/fr/actisoufre-monosulfure-de-sodium-monohydrate/-levures-tuees-saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>pprd_2985828</t>
+  </si>
+  <si>
+    <t>monosulfure de sodium monohydrate,levures tuées saccharomyces cerevisiae</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400359/fr/actisoufre-monosulfure-de-sodium-monohydrate/-levures-tuees-saccharomyces-cerevisiae</t>
+  </si>
+  <si>
+    <t>DIALYSE PERITONEALE CONTINUE AMBULATOIRE (chlorure de calcium/ chlorure de sodium/ chlorure de magnésium hexahyd...)</t>
+  </si>
+  <si>
+    <t>05/03/2003 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985952/fr/dialyse-peritoneale-continue-ambulatoire-chlorure-de-calcium/-chlorure-de-sodium/-chlorure-de-magnesium-hexahyd</t>
+  </si>
+  <si>
+    <t>pprd_2985952</t>
+  </si>
+  <si>
+    <t>chlorure de calcium,chlorure de sodium,chlorure de magnésium hexahydraté,glucose anhydre,lactate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399805/fr/dialyse-peritoneale-continue-ambulatoire-chlorure-de-calcium/-chlorure-de-sodium/-chlorure-de-magnesium-hexahyd</t>
+  </si>
+  <si>
+    <t>BETASELEN (ascorbate de sodium/ acétate d’alpha-tocophérol/ bêta-carotène/ pidolate de zinc/ sélénite de sodium)</t>
+  </si>
+  <si>
+    <t>20/02/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986037/fr/betaselen-ascorbate-de-sodium/-acetate-d-alpha-tocopherol/-beta-carotene/-pidolate-de-zinc/-selenite-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2986037</t>
+  </si>
+  <si>
+    <t>ascorbate de sodium,acétate d’alpha-tocophérol,bêta-carotène,pidolate de zinc,sélénite de sodium</t>
+  </si>
+  <si>
+    <t>Laboratoires ARKOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399360/fr/betaselen-ascorbate-de-sodium/-acetate-d-alpha-tocopherol/-beta-carotene/-pidolate-de-zinc/-selenite-de-sodium</t>
+  </si>
+  <si>
+    <t>CLODRONATE DE SODIUM G GAM (clodronate de sodium)</t>
+  </si>
+  <si>
+    <t>28/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986059/fr/clodronate-de-sodium-g-gam-clodronate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2986059</t>
+  </si>
+  <si>
+    <t>clodronate de sodium</t>
+  </si>
+  <si>
+    <t>Laboratoire  G GAMLaboratoire  G GAMLaboratoire  G GAM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399218/fr/clodronate-de-sodium-g-gam-400-mg-clodronate-de-sodium</t>
+  </si>
+  <si>
+    <t>AMUKINE (solution aqueuse d’hypochlorite de sodium/ solution aqueuse de chlorur...)</t>
+  </si>
+  <si>
+    <t>21/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986061/fr/amukine-solution-aqueuse-d-hypochlorite-de-sodium/-solution-aqueuse-de-chlorur</t>
+  </si>
+  <si>
+    <t>pprd_2986061</t>
+  </si>
+  <si>
+    <t>solution aqueuse d’hypochlorite de sodium,solution aqueuse de chlorure de sodium</t>
+  </si>
+  <si>
+    <t>GIFRER BARBEZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399212/fr/amukine-0-06-pour-cent-solution-pour-application-locale-flacon-de-200-ml</t>
+  </si>
+  <si>
+    <t>BICAFLAC (sodium/ chlorure/ bicarbonate/ potassium/ calcium/ magnésium/ glucose)</t>
+  </si>
+  <si>
+    <t>05/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986075/fr/bicaflac-sodium/-chlorure/-bicarbonate/-potassium/-calcium/-magnesium/-glucose</t>
+  </si>
+  <si>
+    <t>pprd_2986075</t>
+  </si>
+  <si>
+    <t>sodium,chlorure,bicarbonate,potassium,calcium,magnésium,glucose</t>
+  </si>
+  <si>
+    <t>Laboratoires BAXTER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399125/fr/bicaflac-solution-tampon-sodium-chlorure-bicarbonate</t>
+  </si>
+  <si>
+    <t>AMMONAPS (Phénylbutyrate de sodium)</t>
+  </si>
+  <si>
+    <t>13/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986125/fr/ammonaps-phenylbutyrate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2986125</t>
+  </si>
+  <si>
+    <t>Phénylbutyrate de sodium</t>
+  </si>
+  <si>
+    <t>ORPHAN EUROPE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398816/fr/ammonaps-500-mg-comprime-boite-de-250-ammonaps-940-mg-/-g-granules-flacon-de-266-g</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
+  </si>
+  <si>
+    <t>Césarienne programmée à terme : retours d’expérience</t>
+  </si>
+  <si>
+    <t>165 équipes d’obstétrique volontaires, soit un tiers des maternités, se sont engagées dans la mise en œuvre d'un programme d’optimisation de la pertinence de la césarienne programmée à terme. Les retours d’expérience décrivent les démarches et partagent les outils utilisés. Ils comprennent les témoignages sur les facteurs de succès et les difficultés rencontrées dans la conduite de projet et la mise en œuvre des recommandations.</t>
+  </si>
+  <si>
+    <t>02/04/2014 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726027/fr/cesarienne-programmee-a-terme-retours-d-experience</t>
+  </si>
+  <si>
+    <t>c_1726027</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -977,1327 +7355,13388 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...377 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>98</v>
+        <v>1697</v>
       </c>
       <c r="B2" t="s">
-        <v>99</v>
+        <v>1698</v>
       </c>
       <c r="C2" t="s">
-        <v>100</v>
+        <v>1699</v>
       </c>
       <c r="D2" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>102</v>
+        <v>1700</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>103</v>
+        <v>1701</v>
       </c>
       <c r="H2" t="s">
-        <v>104</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1710</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1714</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1715</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1749</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1750</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1756</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1759</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D11" t="s">
+        <v>298</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1773</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1778</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1803</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1808</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1813</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1818</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1829</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1830</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1835</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1836</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1850</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1851</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1867</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1868</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T64"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1877</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1878</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1879</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1882</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1884</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1885</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1886</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1887</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1888</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1893</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1894</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1895</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1900</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1906</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1908</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1909</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1910</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1911</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1912</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1913</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1914</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1917</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1918</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1919</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1920</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1921</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1922</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1923</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1924</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1925</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1926</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1927</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1928</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1929</v>
+      </c>
+      <c r="S7" t="s">
+        <v>1930</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1935</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1937</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1940</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1944</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1947</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1949</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1950</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1951</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1954</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1956</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1957</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1958</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1959</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1960</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1961</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1962</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1965</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1967</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1969</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1970</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1971</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1972</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1977</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1983</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1984</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1985</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1990</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1991</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1992</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1993</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1994</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1997</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1999</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2000</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2001</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2002</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2009</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2010</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2011</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2015</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2016</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2018</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2021</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2023</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1985</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2025</v>
+      </c>
+      <c r="L19" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2028</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2030</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2031</v>
+      </c>
+      <c r="J20" t="s">
+        <v>119</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2032</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2033</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2034</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2041</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2042</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2043</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2046</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2047</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2048</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2049</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1895</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2050</v>
+      </c>
+      <c r="L22" t="s">
+        <v>2051</v>
+      </c>
+      <c r="M22" t="s">
+        <v>2052</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2053</v>
+      </c>
+      <c r="O22" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2057</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2058</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2059</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1969</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2060</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2061</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2062</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2063</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2064</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2067</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2069</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2070</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2071</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2072</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2073</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2074</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2075</v>
+      </c>
+      <c r="O24" t="s">
+        <v>2076</v>
+      </c>
+      <c r="P24" t="s">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2081</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2082</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2018</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2083</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2084</v>
+      </c>
+      <c r="M25" t="s">
+        <v>2085</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2088</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2090</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2091</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1895</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2092</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2093</v>
+      </c>
+      <c r="M26" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2096</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2098</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2099</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2100</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2105</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1936</v>
+      </c>
+      <c r="J28" t="s">
+        <v>264</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2106</v>
+      </c>
+      <c r="L28" t="s">
+        <v>2107</v>
+      </c>
+      <c r="M28" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2112</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2113</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2114</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2115</v>
+      </c>
+      <c r="L29" t="s">
+        <v>2116</v>
+      </c>
+      <c r="M29" t="s">
+        <v>2117</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2118</v>
+      </c>
+      <c r="O29" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2110</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2122</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2059</v>
+      </c>
+      <c r="J30" t="s">
+        <v>264</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2123</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2124</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2125</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2126</v>
+      </c>
+      <c r="O30" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2129</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2131</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2132</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2133</v>
+      </c>
+      <c r="L31" t="s">
+        <v>2134</v>
+      </c>
+      <c r="M31" t="s">
+        <v>2135</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2138</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2140</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2141</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2142</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2145</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2146</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2147</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2148</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2149</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2150</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2151</v>
+      </c>
+      <c r="M33" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2156</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2157</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2100</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2158</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2154</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2162</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2163</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1895</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2166</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2168</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2169</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2170</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2173</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2174</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2175</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2170</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2177</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2178</v>
+      </c>
+      <c r="M37" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2181</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2182</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2183</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2184</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2185</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2190</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2191</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2192</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2198</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2199</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2200</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2203</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2206</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1985</v>
+      </c>
+      <c r="K41" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2209</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2211</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2059</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2212</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2213</v>
+      </c>
+      <c r="L42" t="s">
+        <v>2214</v>
+      </c>
+      <c r="M42" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2219</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2220</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1895</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2221</v>
+      </c>
+      <c r="L43" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2227</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2228</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2231</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2232</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2233</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2234</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2235</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2236</v>
+      </c>
+      <c r="L45" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2239</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2241</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2242</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2100</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2243</v>
+      </c>
+      <c r="L46" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2245</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2246</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2247</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2248</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2227</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2249</v>
+      </c>
+      <c r="K47" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2252</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2253</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2254</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2255</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2100</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2256</v>
+      </c>
+      <c r="L48" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2258</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2259</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2262</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2263</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2264</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2265</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2266</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2269</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2271</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2272</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2273</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2279</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2280</v>
+      </c>
+      <c r="K51" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2282</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2285</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2286</v>
+      </c>
+      <c r="J52" t="s">
+        <v>2287</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2293</v>
+      </c>
+      <c r="J53" t="s">
+        <v>478</v>
+      </c>
+      <c r="K53" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2295</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2296</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2297</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2298</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2059</v>
+      </c>
+      <c r="J54" t="s">
+        <v>2299</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2300</v>
+      </c>
+      <c r="L54" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2304</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2305</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2306</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2308</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2310</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2311</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2312</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2313</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2316</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2319</v>
+      </c>
+      <c r="J57" t="s">
+        <v>2320</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2323</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2324</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2326</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2327</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2330</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2331</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2332</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2333</v>
+      </c>
+      <c r="J59" t="s">
+        <v>1951</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2336</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2337</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2338</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2339</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2340</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2345</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2346</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2347</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2350</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2351</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2352</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2353</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2354</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2357</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2359</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2360</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2361</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2364</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2365</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2366</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2367</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2368</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2371</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2372</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2373</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2374</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2376</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2383</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2384</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2386</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J105"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+      <c r="J1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+      <c r="I2" t="s">
+        <v>35</v>
+      </c>
+      <c r="J2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+      <c r="I4" t="s">
+        <v>47</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I5" t="s">
+        <v>54</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" t="s">
+        <v>60</v>
+      </c>
+      <c r="I6" t="s">
+        <v>35</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>66</v>
+      </c>
+      <c r="H7" t="s">
+        <v>67</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8" t="s">
+        <v>72</v>
+      </c>
+      <c r="I8" t="s">
+        <v>73</v>
+      </c>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
+        <v>79</v>
+      </c>
+      <c r="I9" t="s">
+        <v>80</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>83</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>84</v>
+      </c>
+      <c r="H10" t="s">
+        <v>85</v>
+      </c>
+      <c r="I10" t="s">
+        <v>80</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>87</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>88</v>
+      </c>
+      <c r="H11" t="s">
+        <v>89</v>
+      </c>
+      <c r="I11" t="s">
+        <v>80</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>93</v>
+      </c>
+      <c r="H12" t="s">
+        <v>94</v>
+      </c>
+      <c r="I12" t="s">
+        <v>95</v>
+      </c>
+      <c r="J12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
         <v>98</v>
       </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13" t="s">
+        <v>100</v>
+      </c>
+      <c r="I13" t="s">
+        <v>73</v>
+      </c>
+      <c r="J13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>104</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>105</v>
+      </c>
+      <c r="H14" t="s">
+        <v>106</v>
+      </c>
+      <c r="I14" t="s">
+        <v>73</v>
+      </c>
+      <c r="J14" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>110</v>
+      </c>
+      <c r="H15" t="s">
+        <v>111</v>
+      </c>
+      <c r="I15" t="s">
+        <v>112</v>
+      </c>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>115</v>
+      </c>
+      <c r="E16" t="s">
+        <v>116</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>117</v>
+      </c>
+      <c r="H16" t="s">
+        <v>118</v>
+      </c>
+      <c r="I16" t="s">
+        <v>73</v>
+      </c>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>121</v>
+      </c>
+      <c r="E17" t="s">
+        <v>122</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>123</v>
+      </c>
+      <c r="H17" t="s">
+        <v>124</v>
+      </c>
+      <c r="I17" t="s">
+        <v>125</v>
+      </c>
+      <c r="J17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>129</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>130</v>
+      </c>
+      <c r="H18" t="s">
+        <v>131</v>
+      </c>
+      <c r="I18" t="s">
+        <v>132</v>
+      </c>
+      <c r="J18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>136</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>137</v>
+      </c>
+      <c r="H19" t="s">
+        <v>138</v>
+      </c>
+      <c r="I19" t="s">
+        <v>139</v>
+      </c>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>29</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>135</v>
+      </c>
+      <c r="E20" t="s">
+        <v>142</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>143</v>
+      </c>
+      <c r="H20" t="s">
+        <v>144</v>
+      </c>
+      <c r="I20" t="s">
+        <v>139</v>
+      </c>
+      <c r="J20" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>146</v>
+      </c>
+      <c r="E21" t="s">
+        <v>147</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>148</v>
+      </c>
+      <c r="H21" t="s">
+        <v>149</v>
+      </c>
+      <c r="I21" t="s">
+        <v>150</v>
+      </c>
+      <c r="J21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>155</v>
+      </c>
+      <c r="H22" t="s">
+        <v>156</v>
+      </c>
+      <c r="I22" t="s">
+        <v>157</v>
+      </c>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>29</v>
+      </c>
+      <c r="B23" t="s">
+        <v>114</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E23" t="s">
+        <v>160</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>161</v>
+      </c>
+      <c r="H23" t="s">
+        <v>162</v>
+      </c>
+      <c r="I23" t="s">
+        <v>163</v>
+      </c>
+      <c r="J23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>29</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>166</v>
+      </c>
+      <c r="E24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>168</v>
+      </c>
+      <c r="H24" t="s">
+        <v>169</v>
+      </c>
+      <c r="I24" t="s">
+        <v>170</v>
+      </c>
+      <c r="J24" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>166</v>
+      </c>
+      <c r="E25" t="s">
+        <v>172</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25" t="s">
+        <v>174</v>
+      </c>
+      <c r="I25" t="s">
+        <v>175</v>
+      </c>
+      <c r="J25" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" t="s">
+        <v>177</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>178</v>
+      </c>
+      <c r="E26" t="s">
+        <v>179</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>180</v>
+      </c>
+      <c r="H26" t="s">
+        <v>181</v>
+      </c>
+      <c r="I26" t="s">
+        <v>182</v>
+      </c>
+      <c r="J26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B27" t="s">
+        <v>184</v>
+      </c>
+      <c r="C27" t="s">
+        <v>185</v>
+      </c>
+      <c r="D27" t="s">
+        <v>186</v>
+      </c>
+      <c r="E27" t="s">
+        <v>187</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>188</v>
+      </c>
+      <c r="H27" t="s">
+        <v>189</v>
+      </c>
+      <c r="I27" t="s">
+        <v>185</v>
+      </c>
+      <c r="J27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>192</v>
+      </c>
+      <c r="D28" t="s">
+        <v>193</v>
+      </c>
+      <c r="E28" t="s">
+        <v>194</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>195</v>
+      </c>
+      <c r="H28" t="s">
+        <v>196</v>
+      </c>
+      <c r="I28" t="s">
+        <v>192</v>
+      </c>
+      <c r="J28" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" t="s">
+        <v>37</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>198</v>
+      </c>
+      <c r="E29" t="s">
+        <v>199</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>200</v>
+      </c>
+      <c r="H29" t="s">
+        <v>201</v>
+      </c>
+      <c r="I29" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>146</v>
+      </c>
+      <c r="E30" t="s">
+        <v>203</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>204</v>
+      </c>
+      <c r="H30" t="s">
+        <v>205</v>
+      </c>
+      <c r="I30" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" t="s">
+        <v>206</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>146</v>
+      </c>
+      <c r="E31" t="s">
+        <v>207</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>208</v>
+      </c>
+      <c r="H31" t="s">
+        <v>209</v>
+      </c>
+      <c r="I31" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>211</v>
+      </c>
+      <c r="E32" t="s">
+        <v>212</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>213</v>
+      </c>
+      <c r="H32" t="s">
+        <v>214</v>
+      </c>
+      <c r="I32" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>29</v>
+      </c>
+      <c r="B33" t="s">
+        <v>114</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>211</v>
+      </c>
+      <c r="E33" t="s">
+        <v>216</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>217</v>
+      </c>
+      <c r="H33" t="s">
+        <v>218</v>
+      </c>
+      <c r="I33" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>221</v>
+      </c>
+      <c r="D34" t="s">
+        <v>222</v>
+      </c>
+      <c r="E34" t="s">
+        <v>223</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>224</v>
+      </c>
+      <c r="H34" t="s">
+        <v>225</v>
+      </c>
+      <c r="I34" t="s">
+        <v>221</v>
+      </c>
+      <c r="J34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>29</v>
+      </c>
+      <c r="B35" t="s">
+        <v>227</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>228</v>
+      </c>
+      <c r="E35" t="s">
+        <v>229</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>230</v>
+      </c>
+      <c r="H35" t="s">
+        <v>231</v>
+      </c>
+      <c r="I35" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>29</v>
+      </c>
+      <c r="B36" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" t="s">
+        <v>234</v>
+      </c>
+      <c r="D36" t="s">
+        <v>228</v>
+      </c>
+      <c r="E36" t="s">
+        <v>235</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>236</v>
+      </c>
+      <c r="H36" t="s">
+        <v>237</v>
+      </c>
+      <c r="I36" t="s">
+        <v>234</v>
+      </c>
+      <c r="J36" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>29</v>
+      </c>
+      <c r="B37" t="s">
+        <v>239</v>
+      </c>
+      <c r="C37" t="s">
+        <v>240</v>
+      </c>
+      <c r="D37" t="s">
+        <v>228</v>
+      </c>
+      <c r="E37" t="s">
+        <v>235</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>241</v>
+      </c>
+      <c r="H37" t="s">
+        <v>242</v>
+      </c>
+      <c r="I37" t="s">
+        <v>240</v>
+      </c>
+      <c r="J37" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>29</v>
+      </c>
+      <c r="B38" t="s">
+        <v>244</v>
+      </c>
+      <c r="C38" t="s">
+        <v>234</v>
+      </c>
+      <c r="D38" t="s">
+        <v>245</v>
+      </c>
+      <c r="E38" t="s">
+        <v>246</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>247</v>
+      </c>
+      <c r="H38" t="s">
+        <v>248</v>
+      </c>
+      <c r="I38" t="s">
+        <v>234</v>
+      </c>
+      <c r="J38" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>29</v>
+      </c>
+      <c r="B39" t="s">
+        <v>250</v>
+      </c>
+      <c r="C39" t="s">
+        <v>234</v>
+      </c>
+      <c r="D39" t="s">
+        <v>251</v>
+      </c>
+      <c r="E39" t="s">
+        <v>252</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>253</v>
+      </c>
+      <c r="H39" t="s">
+        <v>254</v>
+      </c>
+      <c r="I39" t="s">
+        <v>234</v>
+      </c>
+      <c r="J39" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>29</v>
+      </c>
+      <c r="B40" t="s">
+        <v>255</v>
+      </c>
+      <c r="C40" t="s">
+        <v>234</v>
+      </c>
+      <c r="D40" t="s">
+        <v>251</v>
+      </c>
+      <c r="E40" t="s">
+        <v>252</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>256</v>
+      </c>
+      <c r="H40" t="s">
+        <v>257</v>
+      </c>
+      <c r="I40" t="s">
+        <v>234</v>
+      </c>
+      <c r="J40" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>29</v>
+      </c>
+      <c r="B41" t="s">
+        <v>259</v>
+      </c>
+      <c r="C41" t="s">
+        <v>234</v>
+      </c>
+      <c r="D41" t="s">
+        <v>260</v>
+      </c>
+      <c r="E41" t="s">
+        <v>261</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>262</v>
+      </c>
+      <c r="H41" t="s">
+        <v>263</v>
+      </c>
+      <c r="I41" t="s">
+        <v>234</v>
+      </c>
+      <c r="J41" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>29</v>
+      </c>
+      <c r="B42" t="s">
+        <v>265</v>
+      </c>
+      <c r="C42" t="s">
+        <v>234</v>
+      </c>
+      <c r="D42" t="s">
+        <v>260</v>
+      </c>
+      <c r="E42" t="s">
+        <v>261</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>266</v>
+      </c>
+      <c r="H42" t="s">
+        <v>267</v>
+      </c>
+      <c r="I42" t="s">
+        <v>234</v>
+      </c>
+      <c r="J42" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>29</v>
+      </c>
+      <c r="B43" t="s">
+        <v>268</v>
+      </c>
+      <c r="C43" t="s">
+        <v>234</v>
+      </c>
+      <c r="D43" t="s">
+        <v>269</v>
+      </c>
+      <c r="E43" t="s">
+        <v>270</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>271</v>
+      </c>
+      <c r="H43" t="s">
+        <v>272</v>
+      </c>
+      <c r="I43" t="s">
+        <v>234</v>
+      </c>
+      <c r="J43" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>29</v>
+      </c>
+      <c r="B44" t="s">
+        <v>274</v>
+      </c>
+      <c r="C44" t="s">
+        <v>275</v>
+      </c>
+      <c r="D44" t="s">
+        <v>276</v>
+      </c>
+      <c r="E44" t="s">
+        <v>277</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>278</v>
+      </c>
+      <c r="H44" t="s">
+        <v>279</v>
+      </c>
+      <c r="I44" t="s">
+        <v>275</v>
+      </c>
+      <c r="J44" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>29</v>
+      </c>
+      <c r="B45" t="s">
+        <v>177</v>
+      </c>
+      <c r="C45" t="s">
+        <v>234</v>
+      </c>
+      <c r="D45" t="s">
+        <v>281</v>
+      </c>
+      <c r="E45" t="s">
+        <v>282</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>283</v>
+      </c>
+      <c r="H45" t="s">
+        <v>284</v>
+      </c>
+      <c r="I45" t="s">
+        <v>234</v>
+      </c>
+      <c r="J45" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>29</v>
+      </c>
+      <c r="B46" t="s">
+        <v>285</v>
+      </c>
+      <c r="C46" t="s">
+        <v>275</v>
+      </c>
+      <c r="D46" t="s">
+        <v>286</v>
+      </c>
+      <c r="E46" t="s">
+        <v>287</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>288</v>
+      </c>
+      <c r="H46" t="s">
+        <v>289</v>
+      </c>
+      <c r="I46" t="s">
+        <v>275</v>
+      </c>
+      <c r="J46" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>29</v>
+      </c>
+      <c r="B47" t="s">
+        <v>291</v>
+      </c>
+      <c r="C47" t="s">
+        <v>192</v>
+      </c>
+      <c r="D47" t="s">
+        <v>292</v>
+      </c>
+      <c r="E47" t="s">
+        <v>293</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>294</v>
+      </c>
+      <c r="H47" t="s">
+        <v>295</v>
+      </c>
+      <c r="I47" t="s">
+        <v>192</v>
+      </c>
+      <c r="J47" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>29</v>
+      </c>
+      <c r="B48" t="s">
+        <v>297</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>298</v>
+      </c>
+      <c r="E48" t="s">
+        <v>299</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>300</v>
+      </c>
+      <c r="H48" t="s">
+        <v>301</v>
+      </c>
+      <c r="I48" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>29</v>
+      </c>
+      <c r="B49" t="s">
+        <v>303</v>
+      </c>
+      <c r="C49" t="s">
+        <v>304</v>
+      </c>
+      <c r="D49" t="s">
+        <v>305</v>
+      </c>
+      <c r="E49" t="s">
+        <v>306</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>307</v>
+      </c>
+      <c r="H49" t="s">
+        <v>308</v>
+      </c>
+      <c r="I49" t="s">
+        <v>304</v>
+      </c>
+      <c r="J49" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>29</v>
+      </c>
+      <c r="B50" t="s">
+        <v>309</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>310</v>
+      </c>
+      <c r="E50" t="s">
+        <v>311</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>312</v>
+      </c>
+      <c r="H50" t="s">
+        <v>313</v>
+      </c>
+      <c r="I50" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>29</v>
+      </c>
+      <c r="B51" t="s">
+        <v>315</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>310</v>
+      </c>
+      <c r="E51" t="s">
+        <v>311</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>316</v>
+      </c>
+      <c r="H51" t="s">
+        <v>317</v>
+      </c>
+      <c r="I51" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>29</v>
+      </c>
+      <c r="B52" t="s">
+        <v>319</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>310</v>
+      </c>
+      <c r="E52" t="s">
+        <v>320</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>321</v>
+      </c>
+      <c r="H52" t="s">
+        <v>322</v>
+      </c>
+      <c r="I52" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>29</v>
+      </c>
+      <c r="B53" t="s">
+        <v>324</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>325</v>
+      </c>
+      <c r="E53" t="s">
+        <v>326</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>327</v>
+      </c>
+      <c r="H53" t="s">
+        <v>328</v>
+      </c>
+      <c r="I53" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>29</v>
+      </c>
+      <c r="B54" t="s">
+        <v>330</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>331</v>
+      </c>
+      <c r="E54" t="s">
+        <v>332</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>333</v>
+      </c>
+      <c r="H54" t="s">
+        <v>334</v>
+      </c>
+      <c r="I54" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>29</v>
+      </c>
+      <c r="B55" t="s">
+        <v>336</v>
+      </c>
+      <c r="C55" t="s">
+        <v>337</v>
+      </c>
+      <c r="D55" t="s">
+        <v>338</v>
+      </c>
+      <c r="E55" t="s">
+        <v>339</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>340</v>
+      </c>
+      <c r="H55" t="s">
+        <v>341</v>
+      </c>
+      <c r="I55" t="s">
+        <v>13</v>
+      </c>
+      <c r="J55" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>29</v>
+      </c>
+      <c r="B56" t="s">
+        <v>343</v>
+      </c>
+      <c r="C56" t="s">
+        <v>344</v>
+      </c>
+      <c r="D56" t="s">
+        <v>345</v>
+      </c>
+      <c r="E56" t="s">
+        <v>346</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>347</v>
+      </c>
+      <c r="H56" t="s">
+        <v>348</v>
+      </c>
+      <c r="I56" t="s">
+        <v>344</v>
+      </c>
+      <c r="J56" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>29</v>
+      </c>
+      <c r="B57" t="s">
+        <v>350</v>
+      </c>
+      <c r="C57" t="s">
+        <v>351</v>
+      </c>
+      <c r="D57" t="s">
+        <v>352</v>
+      </c>
+      <c r="E57" t="s">
+        <v>353</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>354</v>
+      </c>
+      <c r="H57" t="s">
+        <v>355</v>
+      </c>
+      <c r="I57" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>29</v>
+      </c>
+      <c r="B58" t="s">
+        <v>357</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>358</v>
+      </c>
+      <c r="E58" t="s">
+        <v>359</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>360</v>
+      </c>
+      <c r="H58" t="s">
+        <v>361</v>
+      </c>
+      <c r="I58" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>29</v>
+      </c>
+      <c r="B59" t="s">
+        <v>363</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>358</v>
+      </c>
+      <c r="E59" t="s">
+        <v>359</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>364</v>
+      </c>
+      <c r="H59" t="s">
+        <v>365</v>
+      </c>
+      <c r="I59" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>29</v>
+      </c>
+      <c r="B60" t="s">
+        <v>366</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>358</v>
+      </c>
+      <c r="E60" t="s">
+        <v>359</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>367</v>
+      </c>
+      <c r="H60" t="s">
+        <v>368</v>
+      </c>
+      <c r="I60" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>29</v>
+      </c>
+      <c r="B61" t="s">
+        <v>369</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>358</v>
+      </c>
+      <c r="E61" t="s">
+        <v>359</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>370</v>
+      </c>
+      <c r="H61" t="s">
+        <v>371</v>
+      </c>
+      <c r="I61" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>29</v>
+      </c>
+      <c r="B62" t="s">
+        <v>372</v>
+      </c>
+      <c r="C62" t="s">
+        <v>373</v>
+      </c>
+      <c r="D62" t="s">
+        <v>374</v>
+      </c>
+      <c r="E62" t="s">
+        <v>375</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>376</v>
+      </c>
+      <c r="H62" t="s">
+        <v>377</v>
+      </c>
+      <c r="I62" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>29</v>
+      </c>
+      <c r="B63" t="s">
+        <v>379</v>
+      </c>
+      <c r="C63" t="s">
+        <v>380</v>
+      </c>
+      <c r="D63" t="s">
+        <v>381</v>
+      </c>
+      <c r="E63" t="s">
+        <v>382</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>383</v>
+      </c>
+      <c r="H63" t="s">
+        <v>384</v>
+      </c>
+      <c r="I63" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>29</v>
+      </c>
+      <c r="B64" t="s">
+        <v>386</v>
+      </c>
+      <c r="C64" t="s">
+        <v>387</v>
+      </c>
+      <c r="D64" t="s">
+        <v>388</v>
+      </c>
+      <c r="E64" t="s">
+        <v>389</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>390</v>
+      </c>
+      <c r="H64" t="s">
+        <v>391</v>
+      </c>
+      <c r="I64" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>29</v>
+      </c>
+      <c r="B65" t="s">
+        <v>393</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>394</v>
+      </c>
+      <c r="E65" t="s">
+        <v>395</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>396</v>
+      </c>
+      <c r="H65" t="s">
+        <v>397</v>
+      </c>
+      <c r="I65" t="s">
+        <v>13</v>
+      </c>
+      <c r="J65" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>29</v>
+      </c>
+      <c r="B66" t="s">
+        <v>399</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>400</v>
+      </c>
+      <c r="E66" t="s">
+        <v>395</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>401</v>
+      </c>
+      <c r="H66" t="s">
+        <v>402</v>
+      </c>
+      <c r="I66" t="s">
+        <v>13</v>
+      </c>
+      <c r="J66" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>29</v>
+      </c>
+      <c r="B67" t="s">
+        <v>403</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>394</v>
+      </c>
+      <c r="E67" t="s">
+        <v>395</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>404</v>
+      </c>
+      <c r="H67" t="s">
+        <v>405</v>
+      </c>
+      <c r="I67" t="s">
+        <v>13</v>
+      </c>
+      <c r="J67" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>29</v>
+      </c>
+      <c r="B68" t="s">
+        <v>407</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>394</v>
+      </c>
+      <c r="E68" t="s">
+        <v>408</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>409</v>
+      </c>
+      <c r="H68" t="s">
+        <v>410</v>
+      </c>
+      <c r="I68" t="s">
+        <v>13</v>
+      </c>
+      <c r="J68" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>29</v>
+      </c>
+      <c r="B69" t="s">
+        <v>412</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>400</v>
+      </c>
+      <c r="E69" t="s">
+        <v>395</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>413</v>
+      </c>
+      <c r="H69" t="s">
+        <v>414</v>
+      </c>
+      <c r="I69" t="s">
+        <v>13</v>
+      </c>
+      <c r="J69" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>29</v>
+      </c>
+      <c r="B70" t="s">
+        <v>416</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>394</v>
+      </c>
+      <c r="E70" t="s">
+        <v>408</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>417</v>
+      </c>
+      <c r="H70" t="s">
+        <v>418</v>
+      </c>
+      <c r="I70" t="s">
+        <v>13</v>
+      </c>
+      <c r="J70" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>29</v>
+      </c>
+      <c r="B71" t="s">
+        <v>420</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>400</v>
+      </c>
+      <c r="E71" t="s">
+        <v>408</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>421</v>
+      </c>
+      <c r="H71" t="s">
+        <v>422</v>
+      </c>
+      <c r="I71" t="s">
+        <v>13</v>
+      </c>
+      <c r="J71" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>29</v>
+      </c>
+      <c r="B72" t="s">
+        <v>424</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>394</v>
+      </c>
+      <c r="E72" t="s">
+        <v>408</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>425</v>
+      </c>
+      <c r="H72" t="s">
+        <v>426</v>
+      </c>
+      <c r="I72" t="s">
+        <v>13</v>
+      </c>
+      <c r="J72" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>29</v>
+      </c>
+      <c r="B73" t="s">
+        <v>428</v>
+      </c>
+      <c r="C73" t="s">
+        <v>429</v>
+      </c>
+      <c r="D73" t="s">
+        <v>430</v>
+      </c>
+      <c r="E73" t="s">
+        <v>431</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>432</v>
+      </c>
+      <c r="H73" t="s">
+        <v>433</v>
+      </c>
+      <c r="I73" t="s">
+        <v>429</v>
+      </c>
+      <c r="J73" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>29</v>
+      </c>
+      <c r="B74" t="s">
+        <v>435</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>394</v>
+      </c>
+      <c r="E74" t="s">
+        <v>436</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>437</v>
+      </c>
+      <c r="H74" t="s">
+        <v>438</v>
+      </c>
+      <c r="I74" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>29</v>
+      </c>
+      <c r="B75" t="s">
+        <v>440</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>441</v>
+      </c>
+      <c r="E75" t="s">
+        <v>442</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>443</v>
+      </c>
+      <c r="H75" t="s">
+        <v>444</v>
+      </c>
+      <c r="I75" t="s">
+        <v>13</v>
+      </c>
+      <c r="J75" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>29</v>
+      </c>
+      <c r="B76" t="s">
+        <v>446</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>447</v>
+      </c>
+      <c r="E76" t="s">
+        <v>448</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>449</v>
+      </c>
+      <c r="H76" t="s">
+        <v>450</v>
+      </c>
+      <c r="I76" t="s">
+        <v>13</v>
+      </c>
+      <c r="J76" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>29</v>
+      </c>
+      <c r="B77" t="s">
+        <v>452</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>453</v>
+      </c>
+      <c r="E77" t="s">
+        <v>454</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>455</v>
+      </c>
+      <c r="H77" t="s">
+        <v>456</v>
+      </c>
+      <c r="I77" t="s">
+        <v>13</v>
+      </c>
+      <c r="J77" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>29</v>
+      </c>
+      <c r="B78" t="s">
+        <v>457</v>
+      </c>
+      <c r="C78" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" t="s">
+        <v>458</v>
+      </c>
+      <c r="E78" t="s">
+        <v>459</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>460</v>
+      </c>
+      <c r="H78" t="s">
+        <v>461</v>
+      </c>
+      <c r="I78" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>29</v>
+      </c>
+      <c r="B79" t="s">
+        <v>102</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>458</v>
+      </c>
+      <c r="E79" t="s">
+        <v>463</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>464</v>
+      </c>
+      <c r="H79" t="s">
+        <v>465</v>
+      </c>
+      <c r="I79" t="s">
+        <v>13</v>
+      </c>
+      <c r="J79" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>29</v>
+      </c>
+      <c r="B80" t="s">
+        <v>467</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>468</v>
+      </c>
+      <c r="E80" t="s">
+        <v>469</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>470</v>
+      </c>
+      <c r="H80" t="s">
+        <v>471</v>
+      </c>
+      <c r="I80" t="s">
+        <v>13</v>
+      </c>
+      <c r="J80" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>29</v>
+      </c>
+      <c r="B81" t="s">
+        <v>473</v>
+      </c>
+      <c r="C81" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" t="s">
+        <v>474</v>
+      </c>
+      <c r="E81" t="s">
+        <v>475</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>476</v>
+      </c>
+      <c r="H81" t="s">
+        <v>477</v>
+      </c>
+      <c r="I81" t="s">
+        <v>13</v>
+      </c>
+      <c r="J81" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>29</v>
+      </c>
+      <c r="B82" t="s">
+        <v>479</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>474</v>
+      </c>
+      <c r="E82" t="s">
+        <v>480</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>481</v>
+      </c>
+      <c r="H82" t="s">
+        <v>482</v>
+      </c>
+      <c r="I82" t="s">
+        <v>13</v>
+      </c>
+      <c r="J82" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>29</v>
+      </c>
+      <c r="B83" t="s">
+        <v>483</v>
+      </c>
+      <c r="C83" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" t="s">
+        <v>484</v>
+      </c>
+      <c r="E83" t="s">
+        <v>485</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>486</v>
+      </c>
+      <c r="H83" t="s">
+        <v>487</v>
+      </c>
+      <c r="I83" t="s">
+        <v>13</v>
+      </c>
+      <c r="J83" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>29</v>
+      </c>
+      <c r="B84" t="s">
+        <v>489</v>
+      </c>
+      <c r="C84" t="s">
+        <v>13</v>
+      </c>
+      <c r="D84" t="s">
+        <v>490</v>
+      </c>
+      <c r="E84" t="s">
+        <v>491</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>492</v>
+      </c>
+      <c r="H84" t="s">
+        <v>493</v>
+      </c>
+      <c r="I84" t="s">
+        <v>13</v>
+      </c>
+      <c r="J84" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>29</v>
+      </c>
+      <c r="B85" t="s">
+        <v>495</v>
+      </c>
+      <c r="C85" t="s">
+        <v>496</v>
+      </c>
+      <c r="D85" t="s">
+        <v>497</v>
+      </c>
+      <c r="E85" t="s">
+        <v>498</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>499</v>
+      </c>
+      <c r="H85" t="s">
+        <v>500</v>
+      </c>
+      <c r="I85" t="s">
+        <v>496</v>
+      </c>
+      <c r="J85" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>29</v>
+      </c>
+      <c r="B86" t="s">
+        <v>502</v>
+      </c>
+      <c r="C86" t="s">
+        <v>13</v>
+      </c>
+      <c r="D86" t="s">
+        <v>503</v>
+      </c>
+      <c r="E86" t="s">
+        <v>504</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>505</v>
+      </c>
+      <c r="H86" t="s">
+        <v>506</v>
+      </c>
+      <c r="I86" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>29</v>
+      </c>
+      <c r="B87" t="s">
+        <v>507</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>508</v>
+      </c>
+      <c r="E87" t="s">
+        <v>509</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>510</v>
+      </c>
+      <c r="H87" t="s">
+        <v>511</v>
+      </c>
+      <c r="I87" t="s">
+        <v>13</v>
+      </c>
+      <c r="J87" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>29</v>
+      </c>
+      <c r="B88" t="s">
+        <v>134</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>512</v>
+      </c>
+      <c r="E88" t="s">
+        <v>513</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>514</v>
+      </c>
+      <c r="H88" t="s">
+        <v>515</v>
+      </c>
+      <c r="I88" t="s">
+        <v>13</v>
+      </c>
+      <c r="J88" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>29</v>
+      </c>
+      <c r="B89" t="s">
+        <v>516</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>517</v>
+      </c>
+      <c r="E89" t="s">
+        <v>518</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>519</v>
+      </c>
+      <c r="H89" t="s">
+        <v>520</v>
+      </c>
+      <c r="I89" t="s">
+        <v>13</v>
+      </c>
+      <c r="J89" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>29</v>
+      </c>
+      <c r="B90" t="s">
+        <v>522</v>
+      </c>
+      <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>523</v>
+      </c>
+      <c r="E90" t="s">
+        <v>524</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>525</v>
+      </c>
+      <c r="H90" t="s">
+        <v>526</v>
+      </c>
+      <c r="I90" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>29</v>
+      </c>
+      <c r="B91" t="s">
+        <v>527</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>528</v>
+      </c>
+      <c r="E91" t="s">
+        <v>529</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>530</v>
+      </c>
+      <c r="H91" t="s">
+        <v>531</v>
+      </c>
+      <c r="I91" t="s">
+        <v>13</v>
+      </c>
+      <c r="J91" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>29</v>
+      </c>
+      <c r="B92" t="s">
+        <v>527</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>528</v>
+      </c>
+      <c r="E92" t="s">
+        <v>533</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>534</v>
+      </c>
+      <c r="H92" t="s">
+        <v>535</v>
+      </c>
+      <c r="I92" t="s">
+        <v>13</v>
+      </c>
+      <c r="J92" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>29</v>
+      </c>
+      <c r="B93" t="s">
+        <v>527</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>528</v>
+      </c>
+      <c r="E93" t="s">
+        <v>536</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>537</v>
+      </c>
+      <c r="H93" t="s">
+        <v>538</v>
+      </c>
+      <c r="I93" t="s">
+        <v>13</v>
+      </c>
+      <c r="J93" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>29</v>
+      </c>
+      <c r="B94" t="s">
+        <v>527</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>528</v>
+      </c>
+      <c r="E94" t="s">
+        <v>539</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>540</v>
+      </c>
+      <c r="H94" t="s">
+        <v>541</v>
+      </c>
+      <c r="I94" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>29</v>
+      </c>
+      <c r="B95" t="s">
+        <v>542</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>543</v>
+      </c>
+      <c r="E95" t="s">
+        <v>543</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>544</v>
+      </c>
+      <c r="H95" t="s">
+        <v>545</v>
+      </c>
+      <c r="I95" t="s">
+        <v>13</v>
+      </c>
+      <c r="J95" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>29</v>
+      </c>
+      <c r="B96" t="s">
+        <v>547</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>543</v>
+      </c>
+      <c r="E96" t="s">
+        <v>543</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>548</v>
+      </c>
+      <c r="H96" t="s">
+        <v>549</v>
+      </c>
+      <c r="I96" t="s">
+        <v>13</v>
+      </c>
+      <c r="J96" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>29</v>
+      </c>
+      <c r="B97" t="s">
+        <v>550</v>
+      </c>
+      <c r="C97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" t="s">
+        <v>551</v>
+      </c>
+      <c r="E97" t="s">
+        <v>551</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>552</v>
+      </c>
+      <c r="H97" t="s">
+        <v>553</v>
+      </c>
+      <c r="I97" t="s">
+        <v>13</v>
+      </c>
+      <c r="J97" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>29</v>
+      </c>
+      <c r="B98" t="s">
+        <v>452</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>555</v>
+      </c>
+      <c r="E98" t="s">
+        <v>555</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>556</v>
+      </c>
+      <c r="H98" t="s">
+        <v>557</v>
+      </c>
+      <c r="I98" t="s">
+        <v>13</v>
+      </c>
+      <c r="J98" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>29</v>
+      </c>
+      <c r="B99" t="s">
+        <v>559</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>560</v>
+      </c>
+      <c r="E99" t="s">
+        <v>560</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>561</v>
+      </c>
+      <c r="H99" t="s">
+        <v>562</v>
+      </c>
+      <c r="I99" t="s">
+        <v>13</v>
+      </c>
+      <c r="J99" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>29</v>
+      </c>
+      <c r="B100" t="s">
+        <v>564</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>560</v>
+      </c>
+      <c r="E100" t="s">
+        <v>560</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>565</v>
+      </c>
+      <c r="H100" t="s">
+        <v>566</v>
+      </c>
+      <c r="I100" t="s">
+        <v>13</v>
+      </c>
+      <c r="J100" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>29</v>
+      </c>
+      <c r="B101" t="s">
+        <v>567</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>568</v>
+      </c>
+      <c r="E101" t="s">
+        <v>568</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>569</v>
+      </c>
+      <c r="H101" t="s">
+        <v>570</v>
+      </c>
+      <c r="I101" t="s">
+        <v>13</v>
+      </c>
+      <c r="J101" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>29</v>
+      </c>
+      <c r="B102" t="s">
+        <v>239</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>572</v>
+      </c>
+      <c r="E102" t="s">
+        <v>572</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>573</v>
+      </c>
+      <c r="H102" t="s">
+        <v>574</v>
+      </c>
+      <c r="I102" t="s">
+        <v>13</v>
+      </c>
+      <c r="J102" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>29</v>
+      </c>
+      <c r="B103" t="s">
+        <v>141</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>575</v>
+      </c>
+      <c r="E103" t="s">
+        <v>575</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>576</v>
+      </c>
+      <c r="H103" t="s">
+        <v>577</v>
+      </c>
+      <c r="I103" t="s">
+        <v>13</v>
+      </c>
+      <c r="J103" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>29</v>
+      </c>
+      <c r="B104" t="s">
+        <v>578</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>579</v>
+      </c>
+      <c r="E104" t="s">
+        <v>579</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>580</v>
+      </c>
+      <c r="H104" t="s">
+        <v>581</v>
+      </c>
+      <c r="I104" t="s">
+        <v>13</v>
+      </c>
+      <c r="J104" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>29</v>
+      </c>
+      <c r="B105" t="s">
+        <v>583</v>
+      </c>
+      <c r="C105" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" t="s">
+        <v>584</v>
+      </c>
+      <c r="E105" t="s">
+        <v>584</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>585</v>
+      </c>
+      <c r="H105" t="s">
+        <v>586</v>
+      </c>
+      <c r="I105" t="s">
+        <v>13</v>
+      </c>
+      <c r="J105" t="s">
+        <v>587</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H90"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>588</v>
+      </c>
+      <c r="B2" t="s">
+        <v>589</v>
+      </c>
+      <c r="C2" t="s">
+        <v>590</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>591</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>592</v>
+      </c>
+      <c r="H2" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>588</v>
+      </c>
       <c r="B3" t="s">
-        <v>105</v>
+        <v>594</v>
       </c>
       <c r="C3" t="s">
-        <v>106</v>
+        <v>595</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>107</v>
+        <v>596</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>108</v>
+        <v>597</v>
       </c>
       <c r="H3" t="s">
-        <v>109</v>
+        <v>598</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B4" t="s">
+        <v>599</v>
+      </c>
+      <c r="C4" t="s">
+        <v>600</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>601</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>602</v>
+      </c>
+      <c r="H4" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>588</v>
+      </c>
+      <c r="B5" t="s">
+        <v>604</v>
+      </c>
+      <c r="C5" t="s">
+        <v>605</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>606</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>607</v>
+      </c>
+      <c r="H5" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>588</v>
+      </c>
+      <c r="B6" t="s">
+        <v>609</v>
+      </c>
+      <c r="C6" t="s">
+        <v>610</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>611</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>612</v>
+      </c>
+      <c r="H6" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>588</v>
+      </c>
+      <c r="B7" t="s">
+        <v>614</v>
+      </c>
+      <c r="C7" t="s">
+        <v>615</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>616</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>617</v>
+      </c>
+      <c r="H7" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>588</v>
+      </c>
+      <c r="B8" t="s">
+        <v>619</v>
+      </c>
+      <c r="C8" t="s">
+        <v>620</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>621</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>622</v>
+      </c>
+      <c r="H8" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>588</v>
+      </c>
+      <c r="B9" t="s">
+        <v>624</v>
+      </c>
+      <c r="C9" t="s">
+        <v>625</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>626</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>627</v>
+      </c>
+      <c r="H9" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>588</v>
+      </c>
+      <c r="B10" t="s">
+        <v>629</v>
+      </c>
+      <c r="C10" t="s">
+        <v>630</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>631</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>632</v>
+      </c>
+      <c r="H10" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>588</v>
+      </c>
+      <c r="B11" t="s">
+        <v>634</v>
+      </c>
+      <c r="C11" t="s">
+        <v>635</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>636</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>637</v>
+      </c>
+      <c r="H11" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>588</v>
+      </c>
+      <c r="B12" t="s">
+        <v>639</v>
+      </c>
+      <c r="C12" t="s">
+        <v>640</v>
+      </c>
+      <c r="D12" t="s">
+        <v>641</v>
+      </c>
+      <c r="E12" t="s">
+        <v>642</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>643</v>
+      </c>
+      <c r="H12" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>588</v>
+      </c>
+      <c r="B13" t="s">
+        <v>645</v>
+      </c>
+      <c r="C13" t="s">
+        <v>646</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>647</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>648</v>
+      </c>
+      <c r="H13" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>588</v>
+      </c>
+      <c r="B14" t="s">
+        <v>650</v>
+      </c>
+      <c r="C14" t="s">
+        <v>651</v>
+      </c>
+      <c r="D14" t="s">
+        <v>652</v>
+      </c>
+      <c r="E14" t="s">
+        <v>653</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>654</v>
+      </c>
+      <c r="H14" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>588</v>
+      </c>
+      <c r="B15" t="s">
+        <v>656</v>
+      </c>
+      <c r="C15" t="s">
+        <v>657</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>658</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>659</v>
+      </c>
+      <c r="H15" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>588</v>
+      </c>
+      <c r="B16" t="s">
+        <v>661</v>
+      </c>
+      <c r="C16" t="s">
+        <v>662</v>
+      </c>
+      <c r="D16" t="s">
+        <v>663</v>
+      </c>
+      <c r="E16" t="s">
+        <v>664</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>665</v>
+      </c>
+      <c r="H16" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>588</v>
+      </c>
+      <c r="B17" t="s">
+        <v>667</v>
+      </c>
+      <c r="C17" t="s">
+        <v>668</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>669</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>670</v>
+      </c>
+      <c r="H17" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>588</v>
+      </c>
+      <c r="B18" t="s">
+        <v>672</v>
+      </c>
+      <c r="C18" t="s">
+        <v>673</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>674</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>675</v>
+      </c>
+      <c r="H18" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>588</v>
+      </c>
+      <c r="B19" t="s">
+        <v>677</v>
+      </c>
+      <c r="C19" t="s">
+        <v>678</v>
+      </c>
+      <c r="D19" t="s">
+        <v>679</v>
+      </c>
+      <c r="E19" t="s">
+        <v>680</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>681</v>
+      </c>
+      <c r="H19" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>588</v>
+      </c>
+      <c r="B20" t="s">
+        <v>683</v>
+      </c>
+      <c r="C20" t="s">
+        <v>684</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>685</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>686</v>
+      </c>
+      <c r="H20" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>588</v>
+      </c>
+      <c r="B21" t="s">
+        <v>688</v>
+      </c>
+      <c r="C21" t="s">
+        <v>689</v>
+      </c>
+      <c r="D21" t="s">
+        <v>690</v>
+      </c>
+      <c r="E21" t="s">
+        <v>691</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>692</v>
+      </c>
+      <c r="H21" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>588</v>
+      </c>
+      <c r="B22" t="s">
+        <v>694</v>
+      </c>
+      <c r="C22" t="s">
+        <v>695</v>
+      </c>
+      <c r="D22" t="s">
+        <v>696</v>
+      </c>
+      <c r="E22" t="s">
+        <v>697</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>698</v>
+      </c>
+      <c r="H22" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>588</v>
+      </c>
+      <c r="B23" t="s">
+        <v>700</v>
+      </c>
+      <c r="C23" t="s">
+        <v>701</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>702</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>703</v>
+      </c>
+      <c r="H23" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>588</v>
+      </c>
+      <c r="B24" t="s">
+        <v>705</v>
+      </c>
+      <c r="C24" t="s">
+        <v>651</v>
+      </c>
+      <c r="D24" t="s">
+        <v>706</v>
+      </c>
+      <c r="E24" t="s">
+        <v>707</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>708</v>
+      </c>
+      <c r="H24" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>588</v>
+      </c>
+      <c r="B25" t="s">
+        <v>710</v>
+      </c>
+      <c r="C25" t="s">
+        <v>711</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>712</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>713</v>
+      </c>
+      <c r="H25" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>588</v>
+      </c>
+      <c r="B26" t="s">
+        <v>715</v>
+      </c>
+      <c r="C26" t="s">
+        <v>716</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>717</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>718</v>
+      </c>
+      <c r="H26" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>588</v>
+      </c>
+      <c r="B27" t="s">
+        <v>720</v>
+      </c>
+      <c r="C27" t="s">
+        <v>721</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>717</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>722</v>
+      </c>
+      <c r="H27" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>588</v>
+      </c>
+      <c r="B28" t="s">
+        <v>724</v>
+      </c>
+      <c r="C28" t="s">
+        <v>725</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>717</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>726</v>
+      </c>
+      <c r="H28" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>588</v>
+      </c>
+      <c r="B29" t="s">
+        <v>728</v>
+      </c>
+      <c r="C29" t="s">
+        <v>729</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>730</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>731</v>
+      </c>
+      <c r="H29" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>588</v>
+      </c>
+      <c r="B30" t="s">
+        <v>733</v>
+      </c>
+      <c r="C30" t="s">
+        <v>734</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>735</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>736</v>
+      </c>
+      <c r="H30" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>588</v>
+      </c>
+      <c r="B31" t="s">
+        <v>738</v>
+      </c>
+      <c r="C31" t="s">
+        <v>739</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>740</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>741</v>
+      </c>
+      <c r="H31" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>588</v>
+      </c>
+      <c r="B32" t="s">
+        <v>743</v>
+      </c>
+      <c r="C32" t="s">
+        <v>744</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>740</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>745</v>
+      </c>
+      <c r="H32" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>588</v>
+      </c>
+      <c r="B33" t="s">
+        <v>747</v>
+      </c>
+      <c r="C33" t="s">
+        <v>748</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>740</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>749</v>
+      </c>
+      <c r="H33" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>588</v>
+      </c>
+      <c r="B34" t="s">
+        <v>751</v>
+      </c>
+      <c r="C34" t="s">
+        <v>752</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>753</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>754</v>
+      </c>
+      <c r="H34" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>588</v>
+      </c>
+      <c r="B35" t="s">
+        <v>756</v>
+      </c>
+      <c r="C35" t="s">
+        <v>757</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>758</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>759</v>
+      </c>
+      <c r="H35" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>588</v>
+      </c>
+      <c r="B36" t="s">
+        <v>761</v>
+      </c>
+      <c r="C36" t="s">
+        <v>762</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>758</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>763</v>
+      </c>
+      <c r="H36" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>588</v>
+      </c>
+      <c r="B37" t="s">
+        <v>765</v>
+      </c>
+      <c r="C37" t="s">
+        <v>766</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>767</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>768</v>
+      </c>
+      <c r="H37" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>588</v>
+      </c>
+      <c r="B38" t="s">
+        <v>770</v>
+      </c>
+      <c r="C38" t="s">
+        <v>771</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>772</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>773</v>
+      </c>
+      <c r="H38" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>588</v>
+      </c>
+      <c r="B39" t="s">
+        <v>775</v>
+      </c>
+      <c r="C39" t="s">
+        <v>776</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>772</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>777</v>
+      </c>
+      <c r="H39" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>588</v>
+      </c>
+      <c r="B40" t="s">
+        <v>779</v>
+      </c>
+      <c r="C40" t="s">
+        <v>780</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>772</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>781</v>
+      </c>
+      <c r="H40" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>588</v>
+      </c>
+      <c r="B41" t="s">
+        <v>783</v>
+      </c>
+      <c r="C41" t="s">
+        <v>784</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>772</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>785</v>
+      </c>
+      <c r="H41" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>588</v>
+      </c>
+      <c r="B42" t="s">
+        <v>787</v>
+      </c>
+      <c r="C42" t="s">
+        <v>788</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>789</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>790</v>
+      </c>
+      <c r="H42" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>588</v>
+      </c>
+      <c r="B43" t="s">
+        <v>792</v>
+      </c>
+      <c r="C43" t="s">
+        <v>793</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>789</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>794</v>
+      </c>
+      <c r="H43" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>588</v>
+      </c>
+      <c r="B44" t="s">
+        <v>796</v>
+      </c>
+      <c r="C44" t="s">
+        <v>797</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>789</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>798</v>
+      </c>
+      <c r="H44" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>588</v>
+      </c>
+      <c r="B45" t="s">
+        <v>800</v>
+      </c>
+      <c r="C45" t="s">
+        <v>801</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>802</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>803</v>
+      </c>
+      <c r="H45" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>588</v>
+      </c>
+      <c r="B46" t="s">
+        <v>805</v>
+      </c>
+      <c r="C46" t="s">
+        <v>806</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>807</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>808</v>
+      </c>
+      <c r="H46" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>588</v>
+      </c>
+      <c r="B47" t="s">
+        <v>810</v>
+      </c>
+      <c r="C47" t="s">
+        <v>811</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>807</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>812</v>
+      </c>
+      <c r="H47" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>588</v>
+      </c>
+      <c r="B48" t="s">
+        <v>814</v>
+      </c>
+      <c r="C48" t="s">
+        <v>815</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>816</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>817</v>
+      </c>
+      <c r="H48" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>588</v>
+      </c>
+      <c r="B49" t="s">
+        <v>819</v>
+      </c>
+      <c r="C49" t="s">
+        <v>820</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>821</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>822</v>
+      </c>
+      <c r="H49" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>588</v>
+      </c>
+      <c r="B50" t="s">
+        <v>824</v>
+      </c>
+      <c r="C50" t="s">
+        <v>825</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>821</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>826</v>
+      </c>
+      <c r="H50" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>588</v>
+      </c>
+      <c r="B51" t="s">
+        <v>828</v>
+      </c>
+      <c r="C51" t="s">
+        <v>829</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>821</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>830</v>
+      </c>
+      <c r="H51" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>588</v>
+      </c>
+      <c r="B52" t="s">
+        <v>832</v>
+      </c>
+      <c r="C52" t="s">
+        <v>833</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>834</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>835</v>
+      </c>
+      <c r="H52" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>588</v>
+      </c>
+      <c r="B53" t="s">
+        <v>837</v>
+      </c>
+      <c r="C53" t="s">
+        <v>838</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>834</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>839</v>
+      </c>
+      <c r="H53" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>588</v>
+      </c>
+      <c r="B54" t="s">
+        <v>841</v>
+      </c>
+      <c r="C54" t="s">
+        <v>842</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>834</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>843</v>
+      </c>
+      <c r="H54" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>588</v>
+      </c>
+      <c r="B55" t="s">
+        <v>845</v>
+      </c>
+      <c r="C55" t="s">
+        <v>846</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>834</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>847</v>
+      </c>
+      <c r="H55" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>588</v>
+      </c>
+      <c r="B56" t="s">
+        <v>849</v>
+      </c>
+      <c r="C56" t="s">
+        <v>850</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>851</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>852</v>
+      </c>
+      <c r="H56" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>588</v>
+      </c>
+      <c r="B57" t="s">
+        <v>854</v>
+      </c>
+      <c r="C57" t="s">
+        <v>855</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>856</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>857</v>
+      </c>
+      <c r="H57" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>588</v>
+      </c>
+      <c r="B58" t="s">
+        <v>859</v>
+      </c>
+      <c r="C58" t="s">
+        <v>860</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>856</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>861</v>
+      </c>
+      <c r="H58" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>588</v>
+      </c>
+      <c r="B59" t="s">
+        <v>863</v>
+      </c>
+      <c r="C59" t="s">
+        <v>864</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>856</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>865</v>
+      </c>
+      <c r="H59" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>588</v>
+      </c>
+      <c r="B60" t="s">
+        <v>867</v>
+      </c>
+      <c r="C60" t="s">
+        <v>868</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>869</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>870</v>
+      </c>
+      <c r="H60" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>588</v>
+      </c>
+      <c r="B61" t="s">
+        <v>872</v>
+      </c>
+      <c r="C61" t="s">
+        <v>873</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>874</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>875</v>
+      </c>
+      <c r="H61" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>588</v>
+      </c>
+      <c r="B62" t="s">
+        <v>877</v>
+      </c>
+      <c r="C62" t="s">
+        <v>878</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>879</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>880</v>
+      </c>
+      <c r="H62" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>588</v>
+      </c>
+      <c r="B63" t="s">
+        <v>882</v>
+      </c>
+      <c r="C63" t="s">
+        <v>883</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>884</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>885</v>
+      </c>
+      <c r="H63" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>588</v>
+      </c>
+      <c r="B64" t="s">
+        <v>887</v>
+      </c>
+      <c r="C64" t="s">
+        <v>888</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>889</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>890</v>
+      </c>
+      <c r="H64" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>588</v>
+      </c>
+      <c r="B65" t="s">
+        <v>892</v>
+      </c>
+      <c r="C65" t="s">
+        <v>893</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>894</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>895</v>
+      </c>
+      <c r="H65" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>588</v>
+      </c>
+      <c r="B66" t="s">
+        <v>897</v>
+      </c>
+      <c r="C66" t="s">
+        <v>898</v>
+      </c>
+      <c r="D66" t="s">
+        <v>899</v>
+      </c>
+      <c r="E66" t="s">
+        <v>900</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>901</v>
+      </c>
+      <c r="H66" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>588</v>
+      </c>
+      <c r="B67" t="s">
+        <v>903</v>
+      </c>
+      <c r="C67" t="s">
+        <v>904</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>905</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>906</v>
+      </c>
+      <c r="H67" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>588</v>
+      </c>
+      <c r="B68" t="s">
+        <v>908</v>
+      </c>
+      <c r="C68" t="s">
+        <v>909</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>910</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>911</v>
+      </c>
+      <c r="H68" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>588</v>
+      </c>
+      <c r="B69" t="s">
+        <v>913</v>
+      </c>
+      <c r="C69" t="s">
+        <v>914</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>915</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>916</v>
+      </c>
+      <c r="H69" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>588</v>
+      </c>
+      <c r="B70" t="s">
+        <v>918</v>
+      </c>
+      <c r="C70" t="s">
+        <v>919</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>920</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>921</v>
+      </c>
+      <c r="H70" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>588</v>
+      </c>
+      <c r="B71" t="s">
+        <v>923</v>
+      </c>
+      <c r="C71" t="s">
+        <v>924</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>925</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>926</v>
+      </c>
+      <c r="H71" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>588</v>
+      </c>
+      <c r="B72" t="s">
+        <v>928</v>
+      </c>
+      <c r="C72" t="s">
+        <v>929</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>930</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>931</v>
+      </c>
+      <c r="H72" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>588</v>
+      </c>
+      <c r="B73" t="s">
+        <v>933</v>
+      </c>
+      <c r="C73" t="s">
+        <v>934</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>935</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>936</v>
+      </c>
+      <c r="H73" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>588</v>
+      </c>
+      <c r="B74" t="s">
+        <v>938</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>939</v>
+      </c>
+      <c r="E74" t="s">
+        <v>940</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>941</v>
+      </c>
+      <c r="H74" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>588</v>
+      </c>
+      <c r="B75" t="s">
+        <v>943</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>944</v>
+      </c>
+      <c r="E75" t="s">
+        <v>945</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>946</v>
+      </c>
+      <c r="H75" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>588</v>
+      </c>
+      <c r="B76" t="s">
+        <v>948</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>949</v>
+      </c>
+      <c r="E76" t="s">
+        <v>950</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>951</v>
+      </c>
+      <c r="H76" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>588</v>
+      </c>
+      <c r="B77" t="s">
+        <v>953</v>
+      </c>
+      <c r="C77" t="s">
+        <v>954</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>955</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>956</v>
+      </c>
+      <c r="H77" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>588</v>
+      </c>
+      <c r="B78" t="s">
+        <v>958</v>
+      </c>
+      <c r="C78" t="s">
+        <v>959</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>955</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>960</v>
+      </c>
+      <c r="H78" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>588</v>
+      </c>
+      <c r="B79" t="s">
+        <v>962</v>
+      </c>
+      <c r="C79" t="s">
+        <v>963</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>964</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>965</v>
+      </c>
+      <c r="H79" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>588</v>
+      </c>
+      <c r="B80" t="s">
+        <v>967</v>
+      </c>
+      <c r="C80" t="s">
+        <v>968</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>969</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>970</v>
+      </c>
+      <c r="H80" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>588</v>
+      </c>
+      <c r="B81" t="s">
+        <v>972</v>
+      </c>
+      <c r="C81" t="s">
+        <v>973</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>974</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>975</v>
+      </c>
+      <c r="H81" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>588</v>
+      </c>
+      <c r="B82" t="s">
+        <v>977</v>
+      </c>
+      <c r="C82" t="s">
+        <v>978</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>979</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>980</v>
+      </c>
+      <c r="H82" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>588</v>
+      </c>
+      <c r="B83" t="s">
+        <v>982</v>
+      </c>
+      <c r="C83" t="s">
+        <v>983</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>984</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>985</v>
+      </c>
+      <c r="H83" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>588</v>
+      </c>
+      <c r="B84" t="s">
+        <v>987</v>
+      </c>
+      <c r="C84" t="s">
+        <v>988</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>989</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>990</v>
+      </c>
+      <c r="H84" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>588</v>
+      </c>
+      <c r="B85" t="s">
+        <v>992</v>
+      </c>
+      <c r="C85" t="s">
+        <v>993</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>994</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>995</v>
+      </c>
+      <c r="H85" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>588</v>
+      </c>
+      <c r="B86" t="s">
+        <v>997</v>
+      </c>
+      <c r="C86" t="s">
+        <v>998</v>
+      </c>
+      <c r="D86" t="s">
+        <v>999</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>588</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C87" t="s">
+        <v>13</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>588</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C88" t="s">
+        <v>13</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>588</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>588</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1019</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:I72"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>1020</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B2" t="s">
-        <v>111</v>
+        <v>1022</v>
       </c>
       <c r="C2" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>114</v>
+        <v>1023</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>115</v>
+        <v>1024</v>
       </c>
       <c r="H2" t="s">
-        <v>116</v>
+        <v>1025</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B3" t="s">
-        <v>117</v>
+        <v>1027</v>
       </c>
       <c r="C3" t="s">
-        <v>118</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>119</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>120</v>
+        <v>1028</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>121</v>
+        <v>1029</v>
       </c>
       <c r="H3" t="s">
-        <v>122</v>
+        <v>1030</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B4" t="s">
-        <v>123</v>
+        <v>1031</v>
       </c>
       <c r="C4" t="s">
-        <v>124</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>125</v>
+        <v>1032</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>126</v>
+        <v>1033</v>
       </c>
       <c r="H4" t="s">
-        <v>127</v>
+        <v>1034</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B5" t="s">
-        <v>128</v>
+        <v>1035</v>
       </c>
       <c r="C5" t="s">
-        <v>129</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>130</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>131</v>
+        <v>1036</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>132</v>
+        <v>1037</v>
       </c>
       <c r="H5" t="s">
-        <v>133</v>
+        <v>1038</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B6" t="s">
-        <v>134</v>
+        <v>1039</v>
       </c>
       <c r="C6" t="s">
-        <v>135</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>136</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>137</v>
+        <v>1040</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>138</v>
+        <v>1041</v>
       </c>
       <c r="H6" t="s">
-        <v>139</v>
+        <v>1042</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B7" t="s">
-        <v>140</v>
+        <v>1043</v>
       </c>
       <c r="C7" t="s">
-        <v>141</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>143</v>
+        <v>1044</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>144</v>
+        <v>1045</v>
       </c>
       <c r="H7" t="s">
-        <v>145</v>
+        <v>1046</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B8" t="s">
-        <v>146</v>
+        <v>1047</v>
       </c>
       <c r="C8" t="s">
-        <v>147</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>148</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>149</v>
+        <v>1048</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>150</v>
+        <v>1049</v>
       </c>
       <c r="H8" t="s">
-        <v>151</v>
+        <v>1050</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B9" t="s">
-        <v>152</v>
+        <v>1051</v>
       </c>
       <c r="C9" t="s">
-        <v>153</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>155</v>
+        <v>1052</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>156</v>
+        <v>1053</v>
       </c>
       <c r="H9" t="s">
-        <v>157</v>
+        <v>1054</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B10" t="s">
-        <v>158</v>
+        <v>1055</v>
       </c>
       <c r="C10" t="s">
-        <v>159</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>160</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>161</v>
+        <v>1056</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>162</v>
+        <v>1057</v>
       </c>
       <c r="H10" t="s">
-        <v>163</v>
+        <v>1058</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B11" t="s">
-        <v>164</v>
+        <v>1059</v>
       </c>
       <c r="C11" t="s">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>167</v>
+        <v>1060</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>168</v>
+        <v>1061</v>
       </c>
       <c r="H11" t="s">
-        <v>169</v>
+        <v>1062</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1026</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>110</v>
+        <v>1021</v>
       </c>
       <c r="B12" t="s">
-        <v>170</v>
+        <v>1063</v>
       </c>
       <c r="C12" t="s">
-        <v>171</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>172</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>173</v>
+        <v>1064</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>174</v>
+        <v>1065</v>
       </c>
       <c r="H12" t="s">
-        <v>175</v>
+        <v>1066</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1070</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1082</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1086</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1106</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1122</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1130</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1138</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1142</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1154</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1166</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1170</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1174</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1186</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1198</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1202</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1206</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1210</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1214</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1222</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1226</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1230</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1231</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1234</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1238</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1240</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1242</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1250</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1258</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1274</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1282</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1286</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C68" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1298</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1306</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1026</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T12"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>179</v>
+        <v>1307</v>
       </c>
       <c r="B2" t="s">
-        <v>180</v>
+        <v>1308</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>1309</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>181</v>
+        <v>1310</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>182</v>
+        <v>1311</v>
       </c>
       <c r="H2" t="s">
-        <v>183</v>
-[...8 lines deleted...]
-        <v>186</v>
+        <v>1312</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1316</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1318</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>179</v>
+        <v>1313</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>1319</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>1320</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>1321</v>
       </c>
       <c r="E3" t="s">
-        <v>188</v>
+        <v>1322</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>189</v>
+        <v>1323</v>
       </c>
       <c r="H3" t="s">
-        <v>190</v>
-[...14 lines deleted...]
-        <v>195</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>179</v>
+        <v>1313</v>
       </c>
       <c r="B4" t="s">
-        <v>196</v>
+        <v>1325</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>1326</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>1327</v>
       </c>
       <c r="E4" t="s">
-        <v>197</v>
+        <v>1328</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>198</v>
+        <v>1329</v>
       </c>
       <c r="H4" t="s">
-        <v>199</v>
-[...11 lines deleted...]
-        <v>203</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>179</v>
+        <v>1313</v>
       </c>
       <c r="B5" t="s">
-        <v>204</v>
+        <v>1331</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>1332</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>1333</v>
       </c>
       <c r="E5" t="s">
-        <v>205</v>
+        <v>1334</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>206</v>
+        <v>1335</v>
       </c>
       <c r="H5" t="s">
-        <v>207</v>
-[...35 lines deleted...]
-        <v>219</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>179</v>
+        <v>1313</v>
       </c>
       <c r="B6" t="s">
-        <v>220</v>
+        <v>1337</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>1338</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>1339</v>
       </c>
       <c r="E6" t="s">
-        <v>221</v>
+        <v>1340</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>222</v>
+        <v>1341</v>
       </c>
       <c r="H6" t="s">
-        <v>223</v>
-[...14 lines deleted...]
-        <v>228</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>179</v>
+        <v>1313</v>
       </c>
       <c r="B7" t="s">
-        <v>229</v>
+        <v>1343</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>1344</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>1345</v>
       </c>
       <c r="E7" t="s">
-        <v>230</v>
+        <v>1346</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>231</v>
+        <v>1347</v>
       </c>
       <c r="H7" t="s">
-        <v>232</v>
-[...14 lines deleted...]
-        <v>237</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>179</v>
+        <v>1313</v>
       </c>
       <c r="B8" t="s">
-        <v>238</v>
+        <v>1349</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>1350</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>1351</v>
       </c>
       <c r="E8" t="s">
-        <v>239</v>
+        <v>1352</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>240</v>
+        <v>1353</v>
       </c>
       <c r="H8" t="s">
-        <v>241</v>
-[...8 lines deleted...]
-        <v>244</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>179</v>
+        <v>1313</v>
       </c>
       <c r="B9" t="s">
-        <v>245</v>
+        <v>1355</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>1356</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>1357</v>
       </c>
       <c r="E9" t="s">
-        <v>246</v>
+        <v>1358</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>247</v>
+        <v>1359</v>
       </c>
       <c r="H9" t="s">
-        <v>248</v>
-[...14 lines deleted...]
-        <v>253</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>179</v>
+        <v>1313</v>
       </c>
       <c r="B10" t="s">
-        <v>254</v>
+        <v>1361</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>1362</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>1363</v>
       </c>
       <c r="E10" t="s">
-        <v>255</v>
+        <v>1364</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>256</v>
+        <v>1365</v>
       </c>
       <c r="H10" t="s">
-        <v>257</v>
-[...8 lines deleted...]
-        <v>260</v>
+        <v>1366</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1380</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1382</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D3" t="s">
+        <v>641</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1422</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H47"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1446</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1448</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E6" t="s">
+        <v>636</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E7" t="s">
+        <v>636</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1467</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1473</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1482</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>179</v>
+        <v>1431</v>
       </c>
       <c r="B11" t="s">
-        <v>261</v>
+        <v>1483</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>1484</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>641</v>
       </c>
       <c r="E11" t="s">
-        <v>262</v>
+        <v>1485</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>263</v>
+        <v>1486</v>
       </c>
       <c r="H11" t="s">
-        <v>264</v>
-[...8 lines deleted...]
-        <v>267</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>179</v>
+        <v>1431</v>
       </c>
       <c r="B12" t="s">
-        <v>268</v>
+        <v>1488</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>1489</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>1490</v>
       </c>
       <c r="E12" t="s">
-        <v>269</v>
+        <v>1491</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>270</v>
+        <v>1492</v>
       </c>
       <c r="H12" t="s">
-        <v>271</v>
-[...8 lines deleted...]
-        <v>273</v>
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1508</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1513</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1538</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1539</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1554</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1560</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1562</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1578</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1582</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1584</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1586</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1629</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1630</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1649</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1669</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1675</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1676</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1681</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1687</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1696</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>