--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="544" uniqueCount="365">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="560" uniqueCount="377">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,50 +77,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Générique Polyhandicap</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>24/06/2020 08:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
   </si>
   <si>
     <t>p_3187081</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
   <si>
     <t>08/10/2020 00:00:00</t>
   </si>
   <si>
     <t>26/11/2020 09:12:00</t>
@@ -236,50 +251,65 @@
   <si>
     <t>02/08/2022 15:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
   </si>
   <si>
     <t>p_3358939</t>
   </si>
   <si>
     <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
   </si>
   <si>
     <t>p_3299928</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Syndrome de Dravet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
   </si>
   <si>
     <t>p_3293892</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
@@ -758,65 +788,50 @@
   <si>
     <t>10/04/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
   </si>
   <si>
     <t>c_2789355</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...13 lines deleted...]
-  <si>
     <t>Maladies mitochondriales apparentées au MELAS</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/12/2021 21:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
   </si>
   <si>
     <t>p_3289848</t>
   </si>
   <si>
     <t>Dysraphisme spinal (Spina Bifida) - prise en charge urologique à l'âge adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge urologique optimale d'un patient adulte atteint de dysraphisme spinal (Spina Bifida). Il a été élaboré par le centre de référence Spina Bifida – Dysraphismes de Rennes, site constitutif de CMAVEM, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>24/03/2020 12:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3166010/fr/dysraphisme-spinal-spina-bifida-prise-en-charge-urologique-a-l-age-adulte</t>
@@ -1071,50 +1086,71 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3299789</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
   </si>
   <si>
     <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
   </si>
   <si>
     <t>12/02/2019 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
   </si>
   <si>
     <t>pprd_2974213</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
@@ -1154,51 +1190,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H68"/>
+  <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1266,112 +1302,112 @@
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
         <v>33</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>34</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>35</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
         <v>39</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>41</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>42</v>
       </c>
       <c r="H7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>44</v>
       </c>
       <c r="C8" t="s">
         <v>45</v>
       </c>
       <c r="D8" t="s">
@@ -1396,86 +1432,86 @@
       </c>
       <c r="B9" t="s">
         <v>49</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>51</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>52</v>
       </c>
       <c r="H9" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s">
         <v>55</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>56</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>57</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>62</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>63</v>
       </c>
       <c r="H11" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
       <c r="C12" t="s">
         <v>66</v>
       </c>
       <c r="D12" t="s">
@@ -1526,788 +1562,788 @@
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
       <c r="C14" t="s">
         <v>76</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>77</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>78</v>
       </c>
       <c r="H14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
         <v>80</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>81</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>82</v>
       </c>
-      <c r="D15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>83</v>
       </c>
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>87</v>
       </c>
-      <c r="B16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>88</v>
       </c>
-      <c r="C16" t="s">
+      <c r="H16" t="s">
         <v>89</v>
-      </c>
-[...13 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" t="s">
         <v>94</v>
       </c>
-      <c r="C17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>95</v>
       </c>
-      <c r="D17" t="s">
+      <c r="H17" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="B18" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
         <v>100</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>101</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>102</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
         <v>105</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>106</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>107</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>108</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
         <v>111</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>112</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>113</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="B21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" t="s">
         <v>117</v>
       </c>
-      <c r="C21" t="s">
+      <c r="E21" t="s">
         <v>118</v>
       </c>
-      <c r="D21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>119</v>
       </c>
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>120</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>122</v>
+      </c>
+      <c r="D22" t="s">
         <v>123</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>124</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>125</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="B23" t="s">
+        <v>127</v>
+      </c>
+      <c r="C23" t="s">
         <v>128</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>129</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>130</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>131</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
         <v>134</v>
       </c>
-      <c r="C24" t="s">
+      <c r="E24" t="s">
         <v>135</v>
       </c>
-      <c r="D24" t="s">
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>136</v>
       </c>
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>139</v>
+      </c>
+      <c r="D25" t="s">
         <v>140</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>141</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
         <v>142</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="B26" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" t="s">
         <v>145</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>146</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>147</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>148</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
+        <v>150</v>
+      </c>
+      <c r="C27" t="s">
         <v>151</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
         <v>152</v>
       </c>
-      <c r="D27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>153</v>
       </c>
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="B28" t="s">
+        <v>155</v>
+      </c>
+      <c r="C28" t="s">
+        <v>156</v>
+      </c>
+      <c r="D28" t="s">
         <v>157</v>
       </c>
-      <c r="C28" t="s">
+      <c r="E28" t="s">
         <v>158</v>
       </c>
-      <c r="D28" t="s">
-[...2 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>159</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" t="s">
         <v>162</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>164</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>165</v>
       </c>
       <c r="H29" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B30" t="s">
         <v>167</v>
       </c>
       <c r="C30" t="s">
         <v>168</v>
       </c>
       <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
         <v>169</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>170</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>16</v>
       </c>
       <c r="B31" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" t="s">
         <v>173</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
         <v>174</v>
       </c>
-      <c r="D31" t="s">
-[...2 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>175</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
         <v>178</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E32" t="s">
         <v>180</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>181</v>
       </c>
       <c r="H32" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B33" t="s">
         <v>183</v>
       </c>
       <c r="C33" t="s">
         <v>184</v>
       </c>
       <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
         <v>185</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>186</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>16</v>
       </c>
       <c r="B34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" t="s">
         <v>189</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>191</v>
       </c>
       <c r="H34" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>193</v>
       </c>
       <c r="C35" t="s">
         <v>194</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>195</v>
       </c>
       <c r="E35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H35" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>16</v>
       </c>
       <c r="B36" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C36" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>200</v>
+        <v>87</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>201</v>
       </c>
       <c r="H36" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>16</v>
       </c>
       <c r="B37" t="s">
         <v>203</v>
       </c>
       <c r="C37" t="s">
         <v>204</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>205</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>206</v>
       </c>
       <c r="H37" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B38" t="s">
         <v>208</v>
       </c>
       <c r="C38" t="s">
         <v>209</v>
       </c>
       <c r="D38" t="s">
-        <v>210</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
         <v>210</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>211</v>
       </c>
       <c r="H38" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>16</v>
       </c>
       <c r="B39" t="s">
         <v>213</v>
       </c>
       <c r="C39" t="s">
         <v>214</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>215</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>216</v>
       </c>
       <c r="H39" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>218</v>
       </c>
       <c r="C40" t="s">
         <v>219</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>220</v>
       </c>
       <c r="E40" t="s">
         <v>220</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>221</v>
       </c>
       <c r="H40" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>16</v>
       </c>
       <c r="B41" t="s">
         <v>223</v>
       </c>
       <c r="C41" t="s">
         <v>224</v>
       </c>
       <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
         <v>225</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
         <v>226</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>16</v>
       </c>
       <c r="B42" t="s">
+        <v>228</v>
+      </c>
+      <c r="C42" t="s">
         <v>229</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
         <v>230</v>
       </c>
-      <c r="D42" t="s">
-[...2 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
         <v>231</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>16</v>
       </c>
       <c r="B43" t="s">
+        <v>233</v>
+      </c>
+      <c r="C43" t="s">
         <v>234</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E43" t="s">
         <v>236</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>237</v>
       </c>
       <c r="H43" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>239</v>
       </c>
       <c r="C44" t="s">
         <v>240</v>
       </c>
       <c r="D44" t="s">
@@ -2410,112 +2446,112 @@
       </c>
       <c r="B48" t="s">
         <v>259</v>
       </c>
       <c r="C48" t="s">
         <v>260</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>261</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>262</v>
       </c>
       <c r="H48" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="B49" t="s">
         <v>264</v>
       </c>
       <c r="C49" t="s">
         <v>265</v>
       </c>
       <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
         <v>266</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
         <v>267</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="B50" t="s">
+        <v>269</v>
+      </c>
+      <c r="C50" t="s">
         <v>270</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E50" t="s">
         <v>272</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>273</v>
       </c>
       <c r="H50" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>16</v>
       </c>
       <c r="B51" t="s">
         <v>275</v>
       </c>
       <c r="C51" t="s">
         <v>276</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>129</v>
       </c>
       <c r="E51" t="s">
         <v>277</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>278</v>
       </c>
       <c r="H51" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>16</v>
       </c>
       <c r="B52" t="s">
         <v>280</v>
       </c>
       <c r="C52" t="s">
         <v>281</v>
       </c>
       <c r="D52" t="s">
@@ -2618,115 +2654,115 @@
       </c>
       <c r="B56" t="s">
         <v>300</v>
       </c>
       <c r="C56" t="s">
         <v>301</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
         <v>302</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>303</v>
       </c>
       <c r="H56" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B57" t="s">
         <v>305</v>
       </c>
       <c r="C57" t="s">
         <v>306</v>
       </c>
       <c r="D57" t="s">
-        <v>119</v>
+        <v>13</v>
       </c>
       <c r="E57" t="s">
         <v>307</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>308</v>
       </c>
       <c r="H57" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>310</v>
       </c>
       <c r="C58" t="s">
         <v>311</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>129</v>
       </c>
       <c r="E58" t="s">
-        <v>277</v>
+        <v>312</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H58" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>16</v>
       </c>
       <c r="B59" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C59" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>316</v>
+        <v>282</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>317</v>
       </c>
       <c r="H59" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>16</v>
       </c>
       <c r="B60" t="s">
         <v>319</v>
       </c>
       <c r="C60" t="s">
         <v>320</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
@@ -2754,217 +2790,269 @@
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
         <v>326</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>327</v>
       </c>
       <c r="H61" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>16</v>
       </c>
       <c r="B62" t="s">
         <v>329</v>
       </c>
       <c r="C62" t="s">
-        <v>13</v>
+        <v>330</v>
       </c>
       <c r="D62" t="s">
-        <v>330</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
         <v>331</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>332</v>
       </c>
       <c r="H62" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>16</v>
       </c>
       <c r="B63" t="s">
         <v>334</v>
       </c>
       <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
         <v>335</v>
       </c>
-      <c r="D63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" t="s">
-        <v>102</v>
+        <v>336</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H63" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="B64" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C64" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D64" t="s">
-        <v>340</v>
+        <v>13</v>
       </c>
       <c r="E64" t="s">
+        <v>112</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
         <v>341</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="H64" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="B65" t="s">
+        <v>343</v>
+      </c>
+      <c r="C65" t="s">
         <v>344</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>345</v>
       </c>
-      <c r="D65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" t="s">
-        <v>72</v>
+        <v>346</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H65" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B66" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C66" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D66" t="s">
-        <v>350</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
+        <v>77</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
         <v>351</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
+        <v>8</v>
+      </c>
+      <c r="B67" t="s">
+        <v>353</v>
+      </c>
+      <c r="C67" t="s">
         <v>354</v>
       </c>
-      <c r="B67" t="s">
+      <c r="D67" t="s">
         <v>355</v>
       </c>
-      <c r="C67" t="s">
+      <c r="E67" t="s">
         <v>356</v>
       </c>
-      <c r="D67" t="s">
-[...2 lines deleted...]
-      <c r="E67" t="s">
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
         <v>357</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
+        <v>359</v>
+      </c>
+      <c r="B68" t="s">
         <v>360</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>361</v>
       </c>
-      <c r="C68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" t="s">
-        <v>13</v>
+        <v>362</v>
       </c>
       <c r="E68" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H68" t="s">
-        <v>364</v>
+        <v>365</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>366</v>
+      </c>
+      <c r="B69" t="s">
+        <v>367</v>
+      </c>
+      <c r="C69" t="s">
+        <v>368</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>369</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>370</v>
+      </c>
+      <c r="H69" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>372</v>
+      </c>
+      <c r="B70" t="s">
+        <v>373</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>374</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>375</v>
+      </c>
+      <c r="H70" t="s">
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>