--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="212">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -186,50 +186,65 @@
     <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
   </si>
   <si>
     <t>c_2882733</t>
   </si>
   <si>
     <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
   </si>
   <si>
     <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
   </si>
   <si>
     <t>04/07/2024 00:00:00</t>
   </si>
   <si>
     <t>07/10/2024 14:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3367010</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>Embryo-Foetopathie au Valproate</t>
   </si>
   <si>
     <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
   </si>
   <si>
     <t>c_2751900</t>
   </si>
   <si>
     <t>Syndrome de Dravet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
@@ -960,51 +975,51 @@
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>49</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>50</v>
       </c>
       <c r="H6" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1240,77 +1255,77 @@
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>96</v>
       </c>
       <c r="H10" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>98</v>
       </c>
       <c r="C11" t="s">
         <v>99</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>104</v>
+        <v>65</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>105</v>
       </c>
       <c r="H12" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>52</v>
       </c>
       <c r="B13" t="s">
         <v>107</v>
       </c>
       <c r="C13" t="s">
         <v>108</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
@@ -1318,100 +1333,100 @@
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>110</v>
       </c>
       <c r="H13" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>52</v>
       </c>
       <c r="B14" t="s">
         <v>112</v>
       </c>
       <c r="C14" t="s">
         <v>113</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>52</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>119</v>
       </c>
       <c r="H15" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>121</v>
       </c>
       <c r="C16" t="s">
         <v>122</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>123</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>124</v>
       </c>
       <c r="H16" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="B17" t="s">
         <v>126</v>
       </c>
       <c r="C17" t="s">
         <v>127</v>
       </c>
       <c r="D17" t="s">
@@ -1562,397 +1577,423 @@
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>52</v>
       </c>
       <c r="B23" t="s">
         <v>156</v>
       </c>
       <c r="C23" t="s">
         <v>157</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>158</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>159</v>
       </c>
       <c r="H23" t="s">
         <v>160</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>52</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>162</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>163</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>164</v>
+      </c>
+      <c r="H24" t="s">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="E2" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="H2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="E3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="H3" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="I2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="J1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="K1" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="H2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="I2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="J2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="K2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="L2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="M2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="N2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="O2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="H2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="B3" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C3" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="H3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>