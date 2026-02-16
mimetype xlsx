--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -194,96 +194,96 @@
   <si>
     <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
   </si>
   <si>
     <t>04/07/2024 00:00:00</t>
   </si>
   <si>
     <t>07/10/2024 14:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
   </si>
   <si>
     <t>p_3367010</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Embryo-Foetopathie au Valproate</t>
   </si>
   <si>
     <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
   </si>
   <si>
     <t>c_2751900</t>
   </si>
   <si>
     <t>Syndrome de Dravet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
   </si>
   <si>
     <t>p_3293892</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>29/01/2020 15:01:00</t>
+    <t>29/01/2020 15:01:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
   </si>
   <si>
     <t>p_3574785</t>
   </si>
   <si>
     <t>Générique Polyhandicap</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>29/07/2025 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3639045</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Collège délibératif du 20 septembre 2017</t>
   </si>
   <si>
-    <t>15/09/2017 14:04:00</t>
+    <t>17/01/2025 13:31:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
   </si>
   <si>
     <t>c_2793565</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>DEPAKOTE - DEPAMIDE (divalproate de sodium/valpromide)</t>
   </si>