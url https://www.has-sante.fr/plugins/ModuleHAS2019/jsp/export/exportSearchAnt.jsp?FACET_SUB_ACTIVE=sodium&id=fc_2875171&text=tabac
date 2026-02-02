--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="646" uniqueCount="406">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="654" uniqueCount="411">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -239,126 +239,141 @@
   <si>
     <t>29/04/2021 15:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
   </si>
   <si>
     <t>p_3263414</t>
   </si>
   <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>ALD n° 19 - Néphropathie chronique grave</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>07/10/2021 00:00:00</t>
   </si>
   <si>
     <t>13/10/2021 14:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_565906/fr/ald-n-19-nephropathie-chronique-grave</t>
   </si>
   <si>
     <t>c_565906</t>
   </si>
   <si>
     <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
   </si>
   <si>
     <t>p_3301594</t>
   </si>
   <si>
     <t>Narcolepsie de type 1 et 2</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
   </si>
   <si>
     <t>p_3293050</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Maladie de Behçet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
   </si>
   <si>
     <t>p_3148016</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Hémophilie</t>
   </si>
   <si>
     <t>17/10/2019 00:00:00</t>
   </si>
   <si>
     <t>21/10/2019 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
   </si>
   <si>
     <t>c_483032</t>
   </si>
   <si>
     <t>Syndrome néphrotique idiopathique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/12/2014 16:52:00</t>
   </si>
@@ -1482,51 +1497,51 @@
       </c>
       <c r="D4" t="s">
         <v>31</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1681,77 +1696,77 @@
       </c>
       <c r="E7" t="s">
         <v>66</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>67</v>
       </c>
       <c r="H7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>70</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>71</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>72</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
         <v>75</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>77</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>78</v>
       </c>
       <c r="H9" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
         <v>80</v>
       </c>
       <c r="C10" t="s">
         <v>81</v>
       </c>
       <c r="D10" t="s">
@@ -1808,80 +1823,80 @@
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>92</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>93</v>
       </c>
       <c r="H12" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="D13" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>97</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>98</v>
       </c>
       <c r="H13" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>100</v>
       </c>
       <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>102</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>103</v>
       </c>
       <c r="H14" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>105</v>
       </c>
       <c r="C15" t="s">
         <v>106</v>
       </c>
       <c r="D15" t="s">
@@ -2048,181 +2063,181 @@
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>138</v>
       </c>
       <c r="H21" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>35</v>
       </c>
       <c r="B22" t="s">
         <v>140</v>
       </c>
       <c r="C22" t="s">
         <v>141</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>107</v>
+        <v>142</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>35</v>
       </c>
       <c r="B23" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C23" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>146</v>
+        <v>112</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>147</v>
       </c>
       <c r="H23" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>35</v>
       </c>
       <c r="B24" t="s">
         <v>149</v>
       </c>
       <c r="C24" t="s">
         <v>150</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>77</v>
+        <v>151</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>35</v>
       </c>
       <c r="B25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C25" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>155</v>
+        <v>82</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>156</v>
       </c>
       <c r="H25" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>35</v>
       </c>
       <c r="B26" t="s">
         <v>158</v>
       </c>
       <c r="C26" t="s">
         <v>159</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H26" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>35</v>
       </c>
       <c r="B27" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C27" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>165</v>
       </c>
       <c r="H27" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>35</v>
       </c>
       <c r="B28" t="s">
         <v>167</v>
       </c>
       <c r="C28" t="s">
         <v>168</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
@@ -2331,1212 +2346,1238 @@
       </c>
       <c r="E32" t="s">
         <v>189</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>190</v>
       </c>
       <c r="H32" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
         <v>192</v>
       </c>
       <c r="C33" t="s">
         <v>193</v>
       </c>
       <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
         <v>194</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>195</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>196</v>
       </c>
-      <c r="H33" t="s">
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" t="s">
         <v>197</v>
+      </c>
+      <c r="C34" t="s">
+        <v>198</v>
+      </c>
+      <c r="D34" t="s">
+        <v>199</v>
+      </c>
+      <c r="E34" t="s">
+        <v>200</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>201</v>
+      </c>
+      <c r="H34" t="s">
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B2" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="D2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="E2" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="H2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D3" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="E3" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C4" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="D4" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="E4" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="H4" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B5" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="C5" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="D5" t="s">
         <v>38</v>
       </c>
       <c r="E5" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H5" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B6" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C6" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E6" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H6" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B7" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="C7" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D7" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="E7" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="H7" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B8" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C8" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="D8" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="E8" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H8" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B9" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C9" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D9" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="E9" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="H9" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B10" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C10" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D10" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="E10" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H10" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B11" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C11" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D11" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E11" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H11" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B12" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="C12" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="D12" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="E12" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H12" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B13" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="C13" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="D13" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="E13" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="H13" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B14" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="C14" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="D14" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="E14" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H14" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B15" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C15" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D15" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="E15" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H15" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B16" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="C16" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D16" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E16" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="H16" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B17" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C17" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D17" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="E17" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="H17" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B18" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="C18" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="D18" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="E18" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="H18" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B19" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C19" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="D19" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="E19" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H19" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B20" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C20" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="D20" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="E20" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="H20" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B21" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C21" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="D21" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="E21" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="H21" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B22" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C22" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D22" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="E22" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="H22" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="B23" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C23" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="D23" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="E23" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="H23" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B2" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C2" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="D2" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="E2" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="H2" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B3" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="C3" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="D3" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E3" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="H3" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B4" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="C4" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="D4" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="E4" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="H4" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B5" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C5" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D5" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="E5" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="H5" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B6" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C6" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D6" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="E6" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="H6" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B7" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C7" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="D7" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="E7" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="H7" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B2" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="H2" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="I2" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B3" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="H3" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="I3" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B4" t="s">
+        <v>381</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>382</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>383</v>
+      </c>
+      <c r="H4" t="s">
+        <v>384</v>
+      </c>
+      <c r="I4" t="s">
         <v>376</v>
-      </c>
-[...19 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B5" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="H5" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="I5" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="B6" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="H6" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="I6" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="B2" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C2" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D2" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="E2" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="H2" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B2" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C2" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H2" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B3" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C3" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="H3" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>