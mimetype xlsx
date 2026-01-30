--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,368 +1,1493 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="156">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome de Coffin-Lowry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SCL. Il a été élaboré par le Centre de référence « Déficiences intellectuelles de causes rares » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/02/2025 08:59:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591486/fr/syndrome-de-coffin-lowry</t>
+  </si>
+  <si>
+    <t>p_3591486</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Syndrome de Koolen de Vries</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Koolen de Vries. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de Grenoble à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2023 09:39:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446147/fr/syndrome-de-koolen-de-vries</t>
+  </si>
+  <si>
+    <t>p_3446147</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Early-Onset Anorexia Nervosa</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>Microcéphalies Primitives  ASPM, WDR62 et CDK5RAP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une microcéphalie primitive. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310357/fr/microcephalies-primitives-aspm-wdr62-et-cdk5rap2</t>
+  </si>
+  <si>
+    <t>p_3310357</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>04/30/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>66</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>68</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>69</v>
+      </c>
+      <c r="H13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>79</v>
+      </c>
+      <c r="H15" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>84</v>
+      </c>
+      <c r="H16" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>88</v>
+      </c>
+      <c r="H17" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>92</v>
+      </c>
+      <c r="H18" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>96</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>97</v>
+      </c>
+      <c r="H19" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>102</v>
+      </c>
+      <c r="H20" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>104</v>
+      </c>
+      <c r="C21" t="s">
+        <v>105</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>106</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>107</v>
+      </c>
+      <c r="H21" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>111</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>112</v>
+      </c>
+      <c r="H22" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>114</v>
+      </c>
+      <c r="C23" t="s">
+        <v>115</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>116</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>117</v>
+      </c>
+      <c r="H23" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E2" t="s">
+        <v>123</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>124</v>
+      </c>
+      <c r="H2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" t="s">
+        <v>126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D3" t="s">
+        <v>128</v>
+      </c>
+      <c r="E3" t="s">
+        <v>129</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>130</v>
+      </c>
+      <c r="H3" t="s">
+        <v>131</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>137</v>
+      </c>
+      <c r="H2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>21</v>
+        <v>139</v>
       </c>
       <c r="J1" t="s">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="K1" t="s">
-        <v>23</v>
+        <v>141</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>142</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>143</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>145</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>146</v>
       </c>
       <c r="I2" t="s">
-        <v>29</v>
+        <v>147</v>
       </c>
       <c r="J2" t="s">
-        <v>30</v>
+        <v>148</v>
       </c>
       <c r="K2" t="s">
-        <v>31</v>
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>154</v>
+      </c>
+      <c r="H2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>