--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -93,65 +93,50 @@
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
   </si>
   <si>
     <t>p_3147548</t>
   </si>
   <si>
     <t>Complexe de Carney</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un complexe de Carney. Il a été élaboré par le Centre de référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/06/2024 00:00:00</t>
   </si>
   <si>
     <t>02/08/2024 17:12:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522462/fr/complexe-de-carney</t>
   </si>
   <si>
     <t>p_3522462</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_676981</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
   </si>
   <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/12/2024 10:44:00</t>
   </si>
@@ -260,51 +245,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -472,209 +457,183 @@
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
-      </c>
-[...24 lines deleted...]
-        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>51</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H2" t="s">
+        <v>58</v>
+      </c>
+      <c r="I2" t="s">
         <v>59</v>
-      </c>
-[...22 lines deleted...]
-        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>