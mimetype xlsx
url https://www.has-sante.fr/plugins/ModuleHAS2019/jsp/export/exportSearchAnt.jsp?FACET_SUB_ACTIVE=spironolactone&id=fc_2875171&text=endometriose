--- v0 (2025-10-23)
+++ v1 (2026-02-23)
@@ -68,51 +68,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
   </si>
   <si>
     <t>p_3389734</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>