--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
   </si>
   <si>
     <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
   </si>
   <si>
     <t>07/09/2016 00:00:00</t>
   </si>
   <si>
     <t>27/10/2016 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
   </si>