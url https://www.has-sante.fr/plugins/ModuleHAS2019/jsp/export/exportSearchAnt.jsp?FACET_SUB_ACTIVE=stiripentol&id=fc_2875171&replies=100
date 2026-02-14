--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -18,86 +18,104 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="82">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
     <t>Hyperoxalurie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>23/03/2023 10:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
   </si>
   <si>
     <t>p_3403890</t>
   </si>
   <si>
     <t>Syndrome de Dravet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
   </si>
   <si>
     <t>p_3293892</t>
   </si>
@@ -296,523 +314,549 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="H3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D4" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="H5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="H3" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="I3" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>62</v>
+      </c>
+      <c r="H4" t="s">
+        <v>63</v>
+      </c>
+      <c r="I4" t="s">
         <v>55</v>
-      </c>
-[...10 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="H5" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="I5" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="J1" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="K1" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="I2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="J2" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="K2" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="L2" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="M2" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="N2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>