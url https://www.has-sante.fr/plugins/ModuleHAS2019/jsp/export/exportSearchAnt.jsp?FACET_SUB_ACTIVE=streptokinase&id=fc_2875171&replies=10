--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -9,95 +9,182 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2002 17:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'infarctus du myocarde à la phase aiguë en dehors des services de cardiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes: Quels sont les critères décisionnels pour la prescription d’une désobstruction coronaire pour un infarctus aigu (indépendamment de la technique) ? Quels sont les stratégies de reperfusion et les traitements adjuvants à mettre en œuvre pour un syndrome coronarien aigu (SCA) ST+ ? Quelles sont les caractéristiques des filières de prise en charge d’un patient avec une douleur thoracique évoquant un infarctus aigu ? Quelles sont les situations particulières de prise en charge d’un infarctus aigu ? Quelle est la prise en charge des complications initiales ?</t>
+  </si>
+  <si>
+    <t>27/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_484720/fr/prise-en-charge-de-l-infarctus-du-myocarde-a-la-phase-aigue-en-dehors-des-services-de-cardiologie</t>
+  </si>
+  <si>
+    <t>c_484720</t>
+  </si>
+  <si>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +194,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +252,173 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>